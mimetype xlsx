--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -54,306 +54,306 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA-AUTORIA PARLAMENTAR</t>
   </si>
   <si>
     <t>TADEUS FREITAS</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/68/pl_n._02-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/68/pl_n._02-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Alvoradense ao Reverendíssimo Senhor PADRE GIL CECÍLIO FERNANDES.”</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CARLOS PM</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/70/projeto_de_lei_n_05_-_2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/70/projeto_de_lei_n_05_-_2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Alvoradense ao sr. WALDIR DOS SANTOS CIRINO.”</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>JÚNIOR LEGAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/74/pl_n._06-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/74/pl_n._06-2001.pdf</t>
   </si>
   <si>
     <t>“Estabelece data para o fechamento do Comércio Local, altera o Código de Posturas Municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/75/pl_n._07-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/75/pl_n._07-2001.pdf</t>
   </si>
   <si>
     <t>“Altera o Dispositivo da Lei 37/90- Código de Posturas do Município de Alvorada do Norte – e dá outras providências.”</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/69/pl_n._08-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/69/pl_n._08-2001.pdf</t>
   </si>
   <si>
     <t>“Considera Folga de Serviços para o Servidor Público Municipal na data de seu Aniversário.”</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MIRON</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/71/pl_n._09-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/71/pl_n._09-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Alvoradense ao senhor MATEUS LUIZ RIBEIRO.”</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/72/pl_n._10-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/72/pl_n._10-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Alvoradense ao senhor GILVAN LOPES DA SILVA.”</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/73/pl_n._11-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/73/pl_n._11-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Alvoradense ao senhor DORIVAL MÁXIMO DA SILVA.”</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/77/pl_n._13-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/77/pl_n._13-2001.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a liberação do Cargo de Emprego Público Municipal para o Vereador nos dias de Sessões na Câmara.”</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/76/pl_n._14-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/76/pl_n._14-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadã Alvoradense a Ilustríssima senhora GILDENTINA MARIA DE SOUZA, Ex. 1.ª Dama do Município de Alvorada do Norte.”</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/82/pl_n._15-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/82/pl_n._15-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Alvoradense ao Ilustríssimo senhor ALOÍSIO MOREIRA DOS SANTOS.”</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>FELÍSSIO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/81/pl_n._16-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/81/pl_n._16-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Honorífica a Ilustríssima senhora LUZIA LUIZ DA SILVA SEVILHA, Ex. 1ª Dama do Município.”</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/80/pl_n._17-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/80/pl_n._17-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorífico ao Ilustríssimo senhor ATALÍBIO MOREIRA BARROS.”</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/79/pl_n._18-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/79/pl_n._18-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorífico ao Ilustríssimo senhor JEAN CARDOSO BASTOS.”</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/78/pl_n._19-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/78/pl_n._19-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorífico ao Ilustríssimo senhor ARI FERNANDES DA SILVA BIGIO.”</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/83/pl_n._20-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/83/pl_n._20-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Honorífica à Ilustríssima senhora ELZA RODRIGUES DE ARAÚJO.”</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ZADIM</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/85/pl_n._21-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/85/pl_n._21-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão ao Ilustríssimo senhor ELÍSIO LUIZ MOREIRA.”</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/84/pl_n._22-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/84/pl_n._22-2001.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão ao Ilustríssimo senhor ALCIONE SOARES DE ARAÚJO.”</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/86/pl_n._23-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/86/pl_n._23-2001.pdf</t>
   </si>
   <si>
     <t>“Cria condecoração do Aluno Destaque da Escola Municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/87/pl_n._24-2001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/87/pl_n._24-2001.pdf</t>
   </si>
   <si>
     <t>“Obriga as Agências Bancárias, no âmbito do Município a colocar à disposição dos usuários pessoal suficiente, no setor caixas, para que o atendimento seja efetivado em tempo razoável e dá outras providências.”</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/89/pl_n._25-01.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/89/pl_n._25-01.pdf</t>
   </si>
   <si>
     <t>"Denomina o Posto de Saúde Municipal."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -660,68 +660,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/68/pl_n._02-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/70/projeto_de_lei_n_05_-_2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/74/pl_n._06-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/75/pl_n._07-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/69/pl_n._08-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/71/pl_n._09-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/72/pl_n._10-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/73/pl_n._11-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/77/pl_n._13-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/76/pl_n._14-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/82/pl_n._15-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/81/pl_n._16-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/80/pl_n._17-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/79/pl_n._18-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/78/pl_n._19-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/83/pl_n._20-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/85/pl_n._21-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/84/pl_n._22-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/86/pl_n._23-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/87/pl_n._24-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/89/pl_n._25-01.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/68/pl_n._02-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/70/projeto_de_lei_n_05_-_2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/74/pl_n._06-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/75/pl_n._07-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/69/pl_n._08-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/71/pl_n._09-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/72/pl_n._10-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/73/pl_n._11-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/77/pl_n._13-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/76/pl_n._14-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/82/pl_n._15-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/81/pl_n._16-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/80/pl_n._17-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/79/pl_n._18-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/78/pl_n._19-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/83/pl_n._20-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/85/pl_n._21-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/84/pl_n._22-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/86/pl_n._23-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/87/pl_n._24-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2001/89/pl_n._25-01.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="188.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>