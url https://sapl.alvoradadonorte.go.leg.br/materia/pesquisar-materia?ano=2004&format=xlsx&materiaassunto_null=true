--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -54,330 +54,330 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA-AUTORIA PARLAMENTAR</t>
   </si>
   <si>
     <t>ENIVAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/134/projeto_de_lei_n_01-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/134/projeto_de_lei_n_01-04.pdf</t>
   </si>
   <si>
     <t>“Institui o sistema de transporte e prestação de serviços através de motocicleta, no município de Alvorada do Norte - GO.”</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MIRON</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/133/projeto_de_lei_n_02-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/133/projeto_de_lei_n_02-04.pdf</t>
   </si>
   <si>
     <t>“Altera os Artigos 1º,3º E 4º da Lei Municipal 129 de 16/05/2002 e dá outras providências.”</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>JÚNIOR LEGAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/132/projeto_de_lei_n_03-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/132/projeto_de_lei_n_03-04.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de logradouro público e dá outras providências.”</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>DÉ GASTURA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/130/projeto_de_lei_n_04-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/130/projeto_de_lei_n_04-04.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Título de Cidadão Alvoradense e dá outras providências.”</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/131/projeto_de_lei_n_06-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/131/projeto_de_lei_n_06-04.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Título de Cidadão Honorífico e dá outras providências.”</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/136/projeto_de_lei_n_07-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/136/projeto_de_lei_n_07-04.pdf</t>
   </si>
   <si>
     <t>“Declara Utilidade Pública e denomina a estrada municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/135/projeto_de_lei_n_08-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/135/projeto_de_lei_n_08-04.pdf</t>
   </si>
   <si>
     <t>“Declara a Utilidade Pública e denomina a estrada municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/140/projeto_de_lei_n_09-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/140/projeto_de_lei_n_09-04.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação e dá outras providências.”</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/139/projeto_de_lei_n_11-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/139/projeto_de_lei_n_11-04.pdf</t>
   </si>
   <si>
     <t>“Declara de utilidade pública, denomina a estrada municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>VALDIVINO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/138/projeto_de_lei_n_11-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/138/projeto_de_lei_n_11-04.pdf</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/137/projeto_de_lei_n_12-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/137/projeto_de_lei_n_12-04.pdf</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/152/projeto_de_lei_n_13-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/152/projeto_de_lei_n_13-04.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação e dá outras providências."</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/153/projeto_de_lei_n_14-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/153/projeto_de_lei_n_14-04.pdf</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/141/projeto_de_lei_n_16-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/141/projeto_de_lei_n_16-04.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Título Honorífico e dá outras providências.”</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/142/projeto_de_lei_n_17-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/142/projeto_de_lei_n_17-04.pdf</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/143/projeto_de_lei_n_18-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/143/projeto_de_lei_n_18-04.pdf</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/144/projeto_de_lei_n_19-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/144/projeto_de_lei_n_19-04.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Título Honorífico e dá outras providências."</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/145/projeto_de_lei_n_20-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/145/projeto_de_lei_n_20-04.pdf</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/146/projeto_de_lei_n_21-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/146/projeto_de_lei_n_21-04.pdf</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/147/projeto_de_lei_n_22-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/147/projeto_de_lei_n_22-04.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre Título Honorífico e dá outras providências."</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/148/projeto_de_lei_n_23-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/148/projeto_de_lei_n_23-04.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Título de Cidadão Alvoradense e dá outras providências."</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/151/projeto_de_lei_n_24-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/151/projeto_de_lei_n_24-04.pdf</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/149/projeto_de_lei_n_26-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/149/projeto_de_lei_n_26-04.pdf</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/150/projeto_de_lei_n_27-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/150/projeto_de_lei_n_27-04.pdf</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/154/projeto_de_lei_n_28-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/154/projeto_de_lei_n_28-04.pdf</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/155/projeto_de_lei_n_29-04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/155/projeto_de_lei_n_29-04.pdf</t>
   </si>
   <si>
     <t>“Proíbe a liberação de servidores para Órgãos Estaduais e Federais.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -684,68 +684,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/134/projeto_de_lei_n_01-04.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/133/projeto_de_lei_n_02-04.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/132/projeto_de_lei_n_03-04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/130/projeto_de_lei_n_04-04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/131/projeto_de_lei_n_06-04.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/136/projeto_de_lei_n_07-04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/135/projeto_de_lei_n_08-04.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/140/projeto_de_lei_n_09-04.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/139/projeto_de_lei_n_11-04.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/138/projeto_de_lei_n_11-04.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/137/projeto_de_lei_n_12-04.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/152/projeto_de_lei_n_13-04.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/153/projeto_de_lei_n_14-04.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/141/projeto_de_lei_n_16-04.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/142/projeto_de_lei_n_17-04.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/143/projeto_de_lei_n_18-04.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/144/projeto_de_lei_n_19-04.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/145/projeto_de_lei_n_20-04.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/146/projeto_de_lei_n_21-04.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/147/projeto_de_lei_n_22-04.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/148/projeto_de_lei_n_23-04.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/151/projeto_de_lei_n_24-04.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/149/projeto_de_lei_n_26-04.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/150/projeto_de_lei_n_27-04.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/154/projeto_de_lei_n_28-04.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/155/projeto_de_lei_n_29-04.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/134/projeto_de_lei_n_01-04.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/133/projeto_de_lei_n_02-04.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/132/projeto_de_lei_n_03-04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/130/projeto_de_lei_n_04-04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/131/projeto_de_lei_n_06-04.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/136/projeto_de_lei_n_07-04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/135/projeto_de_lei_n_08-04.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/140/projeto_de_lei_n_09-04.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/139/projeto_de_lei_n_11-04.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/138/projeto_de_lei_n_11-04.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/137/projeto_de_lei_n_12-04.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/152/projeto_de_lei_n_13-04.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/153/projeto_de_lei_n_14-04.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/141/projeto_de_lei_n_16-04.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/142/projeto_de_lei_n_17-04.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/143/projeto_de_lei_n_18-04.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/144/projeto_de_lei_n_19-04.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/145/projeto_de_lei_n_20-04.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/146/projeto_de_lei_n_21-04.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/147/projeto_de_lei_n_22-04.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/148/projeto_de_lei_n_23-04.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/151/projeto_de_lei_n_24-04.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/149/projeto_de_lei_n_26-04.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/150/projeto_de_lei_n_27-04.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/154/projeto_de_lei_n_28-04.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2004/155/projeto_de_lei_n_29-04.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="110.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>