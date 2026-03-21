--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -54,510 +54,510 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MIRON</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/752/ind.001.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/752/ind.001.2006.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de executar em caráter de urgência urgentíssima serviços de desobstrução do esgoto da AV. Bernardo Sayão em frente ao banco do Brasil pois o mesmo está correndo a céu aberto, trazendo um mal cheiro insuportável, alem de expor nossa cidade ao ridículo para os visitantes.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CABO JAZI</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/753/ind.002.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/753/ind.002.2006.pdf</t>
   </si>
   <si>
     <t>Autorizar a construção de Quebra-Molas (ondulações transversal) nos logradouros: Rua José Antonio de Sevilha e Avenida Arnaldo Horácio Ferreira, localizados no Bairro Novo Ipiranga, nesta cidade.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/754/ind.003.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/754/ind.003.2006.pdf</t>
   </si>
   <si>
     <t>Autorizar a aquisição de uma "roçadeira" para o setor da AGRICULTURA, com a finalidade de atender os pequenos produtores deste Município na execução de serviços relativo a formação de pastagem e outros.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/755/ind.004.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/755/ind.004.2006.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de executar em caráter de urgência urgentíssima serviços de desobstrução de galerias pluviais da AV. Bernardo Sayão principalmente em frente a Igreja Ministério Mundial da Conquista, pois ali existe um ponto critico quando há um volume maior de chuvas, inclusive recentemente, alguns comerciantes tiveram seus estabelecimentos invadidos pelas enxurradas, causando prejuízos, consequências dos entupimentos.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PROFESSOR JOÃO FILHO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/758/ind.005.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/758/ind.005.2006.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, verificar a possibilidade de construção de uma sala na Escola Municipal Odília Justa da Silva para o Funcionamento do Laboratório de Informatica.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/756/ind.006.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/756/ind.006.2006.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, verificar a possibilidade de construção de Quebra-Molas com sinalização em todas as ruas do Bairro Nova Vila desta cidade.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>DAMIÃO BORRACHEIRO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/757/ind.007.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/757/ind.007.2006.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, verificar a possibilidade de determinar a secretaria de obras e serviços, e execução dos seguintes serviços: encascalhamento e patrolamento das Ruas do Setor Buqueirão e Pelotão, bairro Ipiranga, das ruas da Vila Conceição e das Ruas que dão acesso às chácaras do Bairro Centro (Alvoradinha); serviços de reparo na manilha localizada na Avenida próxima a Igreja Consagração Cristã do Brasil.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/759/ind.008.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/759/ind.008.2006.pdf</t>
   </si>
   <si>
     <t>Providenciar a reposição de areia branca na Praia do Povo, bem como reorganização do local arenoso, visto que o período chuvoso se esgotou possibilitando assim um melhor aproveitamento turístico do local.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/760/ind.009.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/760/ind.009.2006.pdf</t>
   </si>
   <si>
     <t>Providenciar a renovação da pintura na Placa com o nome de Alvorada do Norte, que fica no canteiro do trevo da entrada da cidade em Alvoradinha, que essa pintura seja com tinta reflexiva à luz para maior visibilidade noturna.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>LOURO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/761/ind.010.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/761/ind.010.2006.pdf</t>
   </si>
   <si>
     <t>Providenciar em CARÁTER DE URGÊNCIA, A COLOCAÇÃO de placas de sinalização nas vias secundárias que dão acesso às avenidas Bernardo Sayão, bem como, nos sentidos Brasília-Alvorada e Simolândia-Alvorada, a fim evitar transtorno e aborrecimentos aos condutores de veículos.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/762/ind.011.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/762/ind.011.2006.pdf</t>
   </si>
   <si>
     <t>Providenciar uma operação urgente de "tapa buracos" nas Ruas e Avenidas asfaltadas. principalmente na Av.  Bernardo Sayão, onde há um tráfego intenso.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/763/ind.012.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/763/ind.012.2006.pdf</t>
   </si>
   <si>
     <t>Execução dos serviços de manutenção das pontes existentes na rodovia que liga a cidade de Alvorada a localidade "MUNDO NOVO" bem assim, serviços de encascalhamento em todo o referido trecho.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/727/req.001.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/727/req.001.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando a implantação do Programa BOLSA UNIVERSITÁRIA,  objeto de emenda parlamentar no orçamento do execício.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/728/req.002.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/728/req.002.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de Expediente ao Excelentíssimo Senhor Prefeito Municipal solicitando a aquisição de uma data-show para utilização rede ensino em nosso Município.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>JÚNIOR LEGAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/729/req.003.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/729/req.003.2006.pdf</t>
   </si>
   <si>
     <t>Envio de expediente A Deputada Federal NEIDE APARECIDA, requerendo que seja ultimado esforços junto ao Governo Federal no sentido de angariar recursos para construção de uma CRECHE com berçário para o setor Nova Vila nessa cidade.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/730/req.004.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/730/req.004.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando a relação de todos os funcionários incluindo os contratos temporários dentro da nova estrutura administrativa do Município de acordo com a Lei n°014/05, em formato de organograma, bem como os desvios de função com asteristicos informando a função atual.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/731/req.005.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/731/req.005.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando a transformação da ambulância do carro santana quantum em um carro FUNERÁRIO para que possa atender a diversos casos de trasporte de corpos, principalmente de Brasília, onde tem ocorrido diversos óbitos de pessoas de nossa comunidade, podendo inclusive se fazer convenio ou consorcio com os municípios vizinhos para a redução de custos, pois os mesmos também tem enfrentado este problemas, haja visto a proibição por Lei Estadual desse tipo de transporte em ambulância.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/732/req.006.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/732/req.006.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando a extensão da UEG- Unidade de Posse para funcionar pelo menos um curso em regime regular e outro em parcelado pois o Estado já possui uma escola em nosso Município que possui uma excelente estrutura física (Colégio Estadual Antonio Claret Cardoso).</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/733/req.007.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/733/req.007.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando providencias urgentes junto ao DENIT, para recuperação da BR-020, no perímetro urbano, haja visto que a rodovia possui muitas saliências causando sérios riscos de acidentes.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/734/req.008.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/734/req.008.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando a construção de um AEROPORTO em nosso Município através do programa de escolas de aviação, pois temos informações que o ministério da Aeronáutica dispõe de recursos para esses investimentos.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/735/req.009.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/735/req.009.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando o cumprimento do ART. 37 inciso X da constituição federal, que trata da revisão geral anual, bem como a emenda constitucional 002 inciso X do ART. 83, que estabelece a data base como 1º de março.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/736/req.010.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/736/req.010.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando a recuperação das estradas vicinais de nosso Município, haja visto, o final do período chuvoso, começando a estiagem.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/737/req.011.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/737/req.011.2006.pdf</t>
   </si>
   <si>
     <t>Requer a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando a agilização do processo de regularização dos terrenos do Setor Nova Vila.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/738/req.012.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/738/req.012.2006.pdf</t>
   </si>
   <si>
     <t>O vereador que o presente subscreve nos termos regimentais e, após ouvido plenário, REQUER a V. Excelência o envio de expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando a agilização do processo de regularização dos TAXISTAS, principalmente do ponto da rodoviária.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/739/req.013.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/739/req.013.2006.pdf</t>
   </si>
   <si>
     <t>Reivindicar junto ao banco do Brasil Popular a ser implantado no bairro centro (Alvoradinha) que conta hoje com uma população aproximadamente de 2.500 mil habitantes.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/740/req.014.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/740/req.014.2006.pdf</t>
   </si>
   <si>
     <t>Solicitando firmar parceria com as Escolas Estaduais, MANOEL APRÍGIO, ANTONIO CLARET CARDOSO, ALFREDO NASSER, E ANTONIO DE RAMOS CAIADO, para providecias urgentes no sentido de edificar CALÇADÃO entre as muralhas e os meios-fios da pavimentação.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/</t>
   </si>
   <si>
     <t>Requer a V. Excelência a alteração no horário das sessões no segundo semestre de 2006, para o período matutino.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/742/req.016.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/742/req.016.2006.pdf</t>
   </si>
   <si>
     <t>Possibilidade de enviar a esta Casa, Projeto de Lei, dispondo sobre desafetação de terreno tipo como rua, onde se encontra comércio e residência nesse município, cito terreno ocupado pelo Senhor Adesilto Ferreira de Novais, comerciante no ramo bar e lanchonete e o Senhor Paulo César, ocupante como morador, com residência fixada no mesmo local.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/743/req.017.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/743/req.017.2006.pdf</t>
   </si>
   <si>
     <t>Solicitando que informe ao Pares desta casa com detalhe e urgência os procedimentos já realizados, bem como o planejamento para a realização do CONCURSO MUNICIPAL.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/744/req.018.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/744/req.018.2006.pdf</t>
   </si>
   <si>
     <t>Solicitando resposta imediata do REQUERIMENTO 004/2006 de 09 de março de 2006, haja visto que nos oficio através do oficio n°141/2006 de 20 de março de 2006, que estaria providenciando através do Departamento Pessoal, não obstante, até a presente data nada chegou ao nosso conhecimento.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/745/req.19.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/745/req.19.2006.pdf</t>
   </si>
   <si>
     <t>Requer o envio de expediente a CELG, solicitando medidas urgentes no reparo de 02 (dois) postes, um localizado em frente a construção da Igreja Católica, também em Alvoradinha.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>CARLÃO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/746/req.20.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/746/req.20.2006.pdf</t>
   </si>
   <si>
     <t>Requerendo que seja verificado a possibilidade de encaminhar a esta casa de Leis Projeto de Lei Complementar, acrescentando na estrutura do Departamento de Esportes-Depes, Escolinha de Desportos.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/748/req.21.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/748/req.21.2006.pdf</t>
   </si>
   <si>
     <t>Pleito de recurso objetivando construir uma passarela ou calçadão do trevo até Alvoradinha.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/749/req.22.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/749/req.22.2006.pdf</t>
   </si>
   <si>
     <t>Designação de área específica para construção de campo de futebol no setor Nova Vila Ipiranga, nesta cidade.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/750/req.23.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/750/req.23.2006.pdf</t>
   </si>
   <si>
     <t>Que seja verificado a possibilidade de Requerer a CELG a instalação de energia elétrica para a residência do Sr. Adão.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/751/req.24.2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/751/req.24.2006.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de disponibilizar um veículo para o setor do Esporte Municipal.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA-AUTORIA PARLAMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/160/projeto_de_lei_n_003-2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/160/projeto_de_lei_n_003-2006.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de logradouro público."</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/164/projeto_de_lei_04-2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/164/projeto_de_lei_04-2006.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação da Quadra de Esporte da Escola Odília Justa da Silva."</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/161/projeto_de_lei_n_005-2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/161/projeto_de_lei_n_005-2006.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de logradouro público municipal.”</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/162/projeto_de_lei_n_006-2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/162/projeto_de_lei_n_006-2006.pdf</t>
   </si>
   <si>
     <t>“Concede Título Honorífico de Cidadão Alvoradense ao Ilustríssimo senhor ADERBAL JOSÉ DE SOUSA.”</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/163/projeto_de_lei_n_007-2006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/163/projeto_de_lei_n_007-2006.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Honorífica à Ilustríssima senhora professora MARIA SERGIA DE JESUS.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -864,68 +864,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/752/ind.001.2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/753/ind.002.2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/754/ind.003.2006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/755/ind.004.2006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/758/ind.005.2006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/756/ind.006.2006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/757/ind.007.2006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/759/ind.008.2006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/760/ind.009.2006.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/761/ind.010.2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/762/ind.011.2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/763/ind.012.2006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/727/req.001.2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/728/req.002.2006.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/729/req.003.2006.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/730/req.004.2006.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/731/req.005.2006.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/732/req.006.2006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/733/req.007.2006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/734/req.008.2006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/735/req.009.2006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/736/req.010.2006.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/737/req.011.2006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/738/req.012.2006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/739/req.013.2006.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/740/req.014.2006.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/742/req.016.2006.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/743/req.017.2006.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/744/req.018.2006.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/745/req.19.2006.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/746/req.20.2006.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/748/req.21.2006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/749/req.22.2006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/750/req.23.2006.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/751/req.24.2006.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/160/projeto_de_lei_n_003-2006.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/164/projeto_de_lei_04-2006.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/161/projeto_de_lei_n_005-2006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/162/projeto_de_lei_n_006-2006.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/163/projeto_de_lei_n_007-2006.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/752/ind.001.2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/753/ind.002.2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/754/ind.003.2006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/755/ind.004.2006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/758/ind.005.2006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/756/ind.006.2006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/757/ind.007.2006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/759/ind.008.2006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/760/ind.009.2006.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/761/ind.010.2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/762/ind.011.2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/763/ind.012.2006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/727/req.001.2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/728/req.002.2006.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/729/req.003.2006.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/730/req.004.2006.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/731/req.005.2006.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/732/req.006.2006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/733/req.007.2006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/734/req.008.2006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/735/req.009.2006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/736/req.010.2006.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/737/req.011.2006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/738/req.012.2006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/739/req.013.2006.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/740/req.014.2006.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/742/req.016.2006.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/743/req.017.2006.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/744/req.018.2006.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/745/req.19.2006.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/746/req.20.2006.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/748/req.21.2006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/749/req.22.2006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/750/req.23.2006.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/751/req.24.2006.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/160/projeto_de_lei_n_003-2006.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/164/projeto_de_lei_04-2006.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/161/projeto_de_lei_n_005-2006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/162/projeto_de_lei_n_006-2006.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2006/163/projeto_de_lei_n_007-2006.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>