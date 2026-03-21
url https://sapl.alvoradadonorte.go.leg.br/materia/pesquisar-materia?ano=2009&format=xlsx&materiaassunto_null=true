--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -54,897 +54,897 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>VALDIVINO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/764/ind.001.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/764/ind.001.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Ex. Prefeito, verificar a possibilidade da Construção de uma Praça em frente à Igreja Católica de Alvoradinha.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/765/ind.002.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/765/ind.002.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Ex. Srº. Prefeito as providências no sentido de autorizar a urbanização dos Canteiros existentes na Rua Almeida Joaquina Teixeira, próximo, ao lado da Igreja Católica.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>DAMIÃO BORRACHEIRO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/766/ind.003.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/766/ind.003.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Exc. Sr° Prefeito à Construção de muro de arrimo capela e iluminação pública ao cemitério.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/767/ind.004.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/767/ind.004.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Exc. Sr° Prefeito a construir uma ponte e aterro na estrada vicinal que liga Alvoradinha à Flores-GO, sobre o córrego"GADO BRAVO".</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/768/ind.005.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/768/ind.005.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Exc. Sr° Prefeito à substituir o piso da Quadra Coberta de Alvoradinha, com objetivo de melhorar a Praça de Esportes.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>GILMAR RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/769/ind.006.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/769/ind.006.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Exc. Sr° Prefeito à construir banheiros públicos para substituir os existentes de fossa sépticas por fossas ecológicas, e Iluminação da Praça.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/770/ind.007.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/770/ind.007.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Exc. Sr° Prefeito a recapeamento do asfalto de avenida Dona Laureana.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>JOSÉ RONALDO (ZEZÃO)</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/771/ind.008.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/771/ind.008.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Exc. Sr° Prefeito que amplie o sistema de abastecimento de Água do Poço artesiano  da Escola Municipal Emílio Antunes de França, Compreendendo a substituição da caixa de água de 2000 (DOIS MIL) litros para uma de 10.000 (DEZ LITROS).</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MANOEL BALIZA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/772/ind.009.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/772/ind.009.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Exc. Sr° Prefeito e a Secretaria de Saúde a construção de um Banheiro na emergência do Hospital desta cidade, destinadas Exclusivamente ao público usuário daquela unidade de Saúde.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/773/ind.010.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/773/ind.010.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Exc. Sr° Prefeito a construir Mini-Salas comerciais, tipo BOX,S, na Feira Coberta, destinada aos camelôs e feirantes desta cidade.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/774/ind.011.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/774/ind.011.2009.pdf</t>
   </si>
   <si>
     <t>Indico ao Ex. Prefeito à construir ponte e aterro de concreto na rua Francisco Mota Lima, Bairro nesta cidade.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>LÁZARO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/775/ind.012.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/775/ind.012.2009.pdf</t>
   </si>
   <si>
     <t>Indica Ex. Prefeito para verificar a possibilidade de autorizar a execução dos serviços de Construção de calçadas, no seguinte logradouros, Avenida JK, Avenida Bernardo Sayão, e Avenida Goiás.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/776/ind.013.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/776/ind.013.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito a Reconstrução das Ondulações Transversais da Avenida JK, objetivando diminuir a velocidade dos veículos que ali trafegam e, com isso evitar atropelamento de crianças e pessoas idosas.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/777/ind.014.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/777/ind.014.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito para autorizar a execução de obras na Rua Francisco Mota Lima, e execução de obras na vila conceição(antiga vila militar).</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/778/ind.015.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/778/ind.015.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito para autorizar a execução dos seguintes serviços no Bairro Novo Ipiranga, abertura do Prolongamento da Avenida Bernado Sayão, sentido Brasileiro DF, inclusive com construção dos Bueiros,, compreendendo trecho a partir das Ruas José Francisco de Souza, (lado esquerdo) e Rua Buqueirão (lado direito), Indica ainda as necessidade de sua pavimentação.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>JÚNIOR ALONSO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/779/ind.016.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/779/ind.016.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, através da Secretaria de obras e serviços públicos, a seguintes providência; Aquisição de Lixeiras para distribuição aos moradores desta cidade.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/780/ind.017.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/780/ind.017.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, à construir Dreno nas ruas do Bairro Planalto, nesta cidade.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/781/ind.018.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/781/ind.018.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito para autorizar que seja efetuado o pagamento do adicional de insalubridade no âmbito da Secretaria Municipal de Saúde, consoante dispõe o direito constitucional prevista.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/782/ind.019.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/782/ind.019.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito para instalar OUTDOOR nas entradas desta cidade (BR-020 e GO), como forma de divulgar a Praia do Povo como ponto de Lazer e recreação desta cidade.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/783/ind.020.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/783/ind.020.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito em necessidade dessa cidade de adquirir lixeiras, tipos tambores, para distribuição em todas as residências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/784/ind.021.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/784/ind.021.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, para realizar levantamento de custos, em carácter de urgência, com vista à Instalação de água potável para a comunidade da  Fazenda Brejo, neste Município, compreendendo a perfuração de poço, instalação de caixa D' Água (capacidade de 10.000 mil litros) e rede de distribuição aos moradores.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/785/ind.022.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/785/ind.022.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito da necessidade de ser criar uma central de reciclagem do lixo urbano,cujo benefício, gerará emprego e renda, devendo, para tanto, estudar a possibilidade de firmar contrato de terceirização de tais serviços.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/786/ind.023.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/786/ind.023.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito a construir duas ondulações transversais na Rua Ornelas Filho, sendo uma em frente à Escola Manoel Aprígio e a outra em frente o X- Lanches, em Alvoradinha.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/787/ind.024.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/787/ind.024.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito em construir, o mais urgente possível , a praça do Centro Comunitário, já denominada em Lei Municipal como "Praça da Bíblia", situada na Rua Pedro Ludovico, Vila Nova, que já foi solicitado na Legislatura anterior, pelo vereador Junimar Normandes dos Santos.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/788/ind.025.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/788/ind.025.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito de autorizar a pavimentação da Avenida Bernardo Sayão, em frente ao Posto Texaco e Indica ainda de construir os canteiros em frente aquele Posto de Combustível , oportunidade em que se construirá também o Ponto de Táxi, com coberto, obra bastante solicitada pelos taxistas.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/789/ind.027.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/789/ind.027.2009.pdf</t>
   </si>
   <si>
     <t>Indica que seja autorizado uma reforma no Ginásio de Esporte desta cidade.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/790/ind.028.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/790/ind.028.2009.pdf</t>
   </si>
   <si>
     <t>Indica que autorize serviços de Limpezas, nivelamento e cascalhamento das ruas não pavimentadas dos Setor Vila Conceição.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/791/ind.029.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/791/ind.029.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito que autorize à substituição dos braços de Luminarias da Rede de Iluminação pública do Bairro Nova Vila.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/792/ind.030.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/792/ind.030.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito a necessidade de melhorar o estacionamento da Avenida Bernardo Sayão, no sentido de construir frentes a todas quadras comerciais, estacionamento coletivo  e contínuo, sem os boxs individuais.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/809/ind.031.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/809/ind.031.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito em autorizar a construção de Banheiros no Campo Municipal de futebol, para utilização do público assistentes.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/810/ind.032.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/810/ind.032.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito verificar a possibilidade de autorizar construção de um poço artesiano na fazenda Mamoeiro (fazenda do Caju), Zona Rural, neste município.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/811/ind.033.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/811/ind.033.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito através da Secretaria Municipal de obras e Serviços públicos, a construção de calçadão ao longo da Avenida Dona Laureana, destinada, exclusivamente, para os pedestres que utilizam aquela Avenida, diariamente.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/812/ind.034.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/812/ind.034.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito através da Secretaria Municipal de obras e Serviços públicos, a Instalação de uma caixa D'água de 5.000(cinco mil) litros na fazenda conceição lugar Santino Mendes.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/813/ind.035.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/813/ind.035.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito através da Secretaria Municipal de obras e Serviços públicos, a construir um playground próximo  ao quiosque do Senhor Nildo, na praia do povo, e providenciar os serviços de reposição de areia, no Mini Parque Infantil da praia do povo.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/814/ind.036.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/814/ind.036.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito, verificar a possibilidade de autorizar os serviços de reparo com dreno no asfalto da Rua Bahia, bairro corrente; Serviços de reparo na ondulação transversal, localizada na Rua Marechal Rondon em frente ao centro Educacional Maria Dal-Ry, próximo ao Posto Nordeste, perímetro urbano desta cidade.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/815/ind.037.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/815/ind.037.2009.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito através da Secretaria de Obras e Serviços Públicos, para construção de Ondulação transversais na Rua Marechal Rondon, em frente às Escolas Municipais: Profª Odília Justa da Silva, Profª Guiomar de Sousa Santana e Pré-Escola, Sementinha Mágica, neste município.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/816/ind.038.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/816/ind.038.2009.pdf</t>
   </si>
   <si>
     <t>Indica à Douta Mesa, que seja enviado oficio ao Excelentíssimo Srº Prefeito, solicitando a realização de Serviços emergenciais de recuperação da Rua 06 trecho entre a Rua Francisco Mota Lima e Avenida José Malheiro, especificamente no fundo do CEACC.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>CABO JAZI</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/817/ind.039.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/817/ind.039.2009.pdf</t>
   </si>
   <si>
     <t>Indica que seja enviado Ofício ao Prefeito solicitando a realização de serviços emergenciais de recuperação das estradas vicinais deste município.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/818/ind.040.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/818/ind.040.2009.pdf</t>
   </si>
   <si>
     <t>Indica à Douta Mesa, na forma regimental, que seja enviado Ofício ao Excelentíssimo  Senhor Prefeito Solicitando a execução das Construção de abrigos em pontos de ônibus na Zona Rural e Zona Urbana.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/819/ind.041.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/819/ind.041.2009.pdf</t>
   </si>
   <si>
     <t>Indica reforma e revitalização da Praça da Matriz.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/820/ind.042.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/820/ind.042.2009.pdf</t>
   </si>
   <si>
     <t>Indica construção de um painel com fotos de Pontos Turísticos do nosso Município e Mensagem de "Sejam Bem-Vindos", a ser construído a margem direita da BR-020.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/821/ind.043.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/821/ind.043.2009.pdf</t>
   </si>
   <si>
     <t>Indica construção de ondulações transversais (Quebra-Molas) na Rua H, QD. 06,  em frente à Panificadora Milenio em Alvoradinha.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/822/ind.044.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/822/ind.044.2009.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de um micro-ônibus para o departamento municipal de Esporte.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/823/ind.045.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/823/ind.045.2009.pdf</t>
   </si>
   <si>
     <t>Indica, implantação do programa de informatização para secretaria de Escolas Municipais, disponibilizar internet para a sede da Secretaria Municipal de Educação, em Alvoradinha, e Construir salas e implantação Laboratórios  de Informáticas nas Escolas da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/824/ind.046.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/824/ind.046.2009.pdf</t>
   </si>
   <si>
     <t>Determina a Construção de faixa de pedestre na Rua Hergino Francisco de Ataídes, em frente ao Centro Educacional Maria Dal-Ry, Bairro Marajoara; e na Avenida Dona Laureana, ao trevo de Alvoradinha, ambos nesta cidade.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/825/ind.047.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/825/ind.047.2009.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes providencias, em caráter de urgência aquisição de uma Roçadeira.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/826/camscanner_15-04-2025_13.07.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/826/camscanner_15-04-2025_13.07.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja autorizado à instalação de várias tomadas de energia na área interna do Cemitério.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/827/camscanner_15-04-2025_13.19.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/827/camscanner_15-04-2025_13.19.pdf</t>
   </si>
   <si>
     <t>Solicitar desobstrução dos Bueiros existentes ao longo da estrada do Mundo Novo, Zona Rural, neste Município</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/828/camscanner_15-04-2025_13.31.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/828/camscanner_15-04-2025_13.31.pdf</t>
   </si>
   <si>
     <t>Solicitar aquisição de adubos e ensumo. Isenção de taxa de Manutenção (Óleo Diesel), para os serviços de até quatro horas de tratores, e locação de mais tratores para ampliar a frota da patrulha mecanizada e atender a demanda atualmente requerida.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/829/camscanner_15-04-2025_13.44.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/829/camscanner_15-04-2025_13.44.pdf</t>
   </si>
   <si>
     <t>Que seja enviado Ofício ao Banco Bradesco S/A, Agência desta cidade, para verificar a possibilidade de instalar uma Caixa Eletrônica na Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/830/ind.052.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/830/ind.052.pdf</t>
   </si>
   <si>
     <t>Que seja. Enviado Ofício ao Banco do Brasil S/A Agência desta cidade, para verificar a possibilidade de instalar um Caixa Eletrônico na Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/831/ind.053.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/831/ind.053.2009.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja verificado a possibilidade de designar um Professor de Educação Física para que possamos Ampliar um programa diário de atividades de iniciação esportivas para as nossas crianças residentes do Bairro de Alvoradinha, utilizando, para tanto, a Quadra de Esporte e o Campo de Futebol.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/832/ind.054.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/832/ind.054.2009.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja verificado a possibilidade de autorizar a construção de um campo de futebol de terra com pista de atletismo nas áreas ociosas existentes abaixo da Vila Planalto, em Alvoradinha.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/833/ind.055.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/833/ind.055.2009.pdf</t>
   </si>
   <si>
     <t>Solicita construção de uma Cabine de Rádio no Campo Grande (Estádio) desta cidade.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/834/ind.056.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/834/ind.056.2009.pdf</t>
   </si>
   <si>
     <t>Solicita criar programa Municipal de reciclagem do lixo urbano, em parceria com a comunidade implantando a oficina de reciclagem municipal</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/835/ind.058.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/835/ind.058.2009.pdf</t>
   </si>
   <si>
     <t>Indica construção de Refletores para Iluminação Noturna do Estadio de Futebol desta cidade.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/836/ind.059.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/836/ind.059.2009.pdf</t>
   </si>
   <si>
     <t>Indica, realizar-se nesta cidade a Execução dos serviços de decorações e ornamentações natalinas das principais Avenidas e Praças desta cidade, especialmente,  na Avenida Bernardo Sayão, Praça da Matriz e Praia do Rio Corrente.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/837/ind.060.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/837/ind.060.2009.pdf</t>
   </si>
   <si>
     <t>Solicita a execução dos seguintes serviços ma Escola Municipal Rural Tia Neiva, neste município: construção de uma quadra de areia; construção do Alambrado em todo o Patio da mesma Escola.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/586/req.001.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/586/req.001.2009.pdf</t>
   </si>
   <si>
     <t>Solicita, que depois de ouvir o plenário, envio de expediente ao Ilustríssimo Senhor Horacio Mello e Cunha Santos, Diretor técnico do DETRAN- GO, requer que seja autorizado a execução dos serviços de sinalização de trânsito em ruas e avenidas pavimentadas desta cidade de Alvorada do Norte (GO0.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/587/req.002.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/587/req.002.2009.pdf</t>
   </si>
   <si>
     <t>Solicita, depois de ouvir o plenário, envio de expediente ao Ilustríssimo Senhor Prefeito, requerendo que seja ultimada, atrás da Secretaria Municipal de Finanças, todos os esforços necessários no sentido de agilizar as autorizações de transferência dos títulos de domínios, por doação dos imoveis urbanos localizados no loteamento Novo Planalto, dando a titularidade aos proprietários atualmente na condição de passeiro.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/588/req.003.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/588/req.003.2009.pdf</t>
   </si>
   <si>
     <t>Requer que seja angariado recursos Federais para uma ciclovia em Alvorada do Norte (GO), a ser construída na Margem direita da BR-020, perímetro Urbano, Bairro Ipiranga- Centro (Alvoradinha), compreendendo o trecho entre Avenida Dona Laureana, objetivando retirar os ciclista e pedestre do meio dessa Rodovia Federal.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/589/rei.004.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/589/rei.004.2009.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito que seja esforços no sentido de pleitear junto aos Órgão Federais competentes no sentido  de autorizar uma Escola Agrícola para a Nosso Município de Alvorada do Norte (GO).</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/600/req.005.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/600/req.005.2009.pdf</t>
   </si>
   <si>
     <t>Solicita ao Ilustríssimo  Deputado Federal Pedro Chaves, requerendo que seja angariado recursos federais para as famílias carentes de nosso município de Alvorada do Norte (GO).</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/590/req.006.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/590/req.006.2009.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam enviadas esforços no sentido de determinar a reconstrução das ondulações transversais da BR-020, perímetro Urbano desta cidade, bem como, a recolocação das placas de pedestre.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/591/req.007.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/591/req.007.2009.pdf</t>
   </si>
   <si>
     <t>Requer que se estabeleça os serviços de expediente de Carteiras de Identidade perante a Delegacia de Policia desta Cidade.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/592/req.008.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/592/req.008.2009.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado a Câmara, através do Gestor do FUNPAN. Sr. José Oscar da Silva, dados informativos.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/593/req.009.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/593/req.009.2009.pdf</t>
   </si>
   <si>
     <t>Requer que seja promovido um estudo no sentido de verificar a possibilidade de regulamentos, estruturas, manter e preservar os pontos turísticos desta municipalidade.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/594/req.010.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/594/req.010.2009.pdf</t>
   </si>
   <si>
     <t>Requer que seja autorizado em estudo no sentido de verificar a viabilidade de se implantar neste município um projeto social voltado para a piscicultura, granja e suinocultura, dotando a futura Secretaria Municipal de Desenvolvimento Econômico e Agricultura.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/595/req.011.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/595/req.011.2009.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo a implantação de uma unidade da SEAGRO neste município.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/596/req.012.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/596/req.012.2009.pdf</t>
   </si>
   <si>
     <t>Requer providência necessárias para que seja construído Barreiras Eletrônica  e Faixa de Pedestre na BR-020, perímetro Urbano desta Cidade.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/597/req.013.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/597/req.013.2009.pdf</t>
   </si>
   <si>
     <t>Requer providência no sentido de desapropriar uma área de Terreno Urbano, denominada Qd. 23-B Bairro Novo Ipiranga.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/598/req.014.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/598/req.014.2009.pdf</t>
   </si>
   <si>
     <t>Requer adquirir os equipamentos hospitalar relacionados e destacado na proposta em anexo.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/599/req.015.2009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/599/req.015.2009.pdf</t>
   </si>
   <si>
     <t>Requer que seja pleitado junto a 2ª CIPM, através do comandante Manoel Rubens de Farias, para verificar a possibilidade de implantar neste Município a "Ronda  Rural" de Segurança Pública Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1251,68 +1251,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/764/ind.001.2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/765/ind.002.2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/766/ind.003.2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/767/ind.004.2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/768/ind.005.2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/769/ind.006.2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/770/ind.007.2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/771/ind.008.2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/772/ind.009.2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/773/ind.010.2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/774/ind.011.2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/775/ind.012.2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/776/ind.013.2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/777/ind.014.2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/778/ind.015.2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/779/ind.016.2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/780/ind.017.2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/781/ind.018.2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/782/ind.019.2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/783/ind.020.2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/784/ind.021.2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/785/ind.022.2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/786/ind.023.2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/787/ind.024.2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/788/ind.025.2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/789/ind.027.2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/790/ind.028.2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/791/ind.029.2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/792/ind.030.2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/809/ind.031.2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/810/ind.032.2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/811/ind.033.2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/812/ind.034.2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/813/ind.035.2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/814/ind.036.2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/815/ind.037.2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/816/ind.038.2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/817/ind.039.2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/818/ind.040.2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/819/ind.041.2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/820/ind.042.2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/821/ind.043.2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/822/ind.044.2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/823/ind.045.2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/824/ind.046.2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/825/ind.047.2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/826/camscanner_15-04-2025_13.07.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/827/camscanner_15-04-2025_13.19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/828/camscanner_15-04-2025_13.31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/829/camscanner_15-04-2025_13.44.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/830/ind.052.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/831/ind.053.2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/832/ind.054.2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/833/ind.055.2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/834/ind.056.2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/835/ind.058.2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/836/ind.059.2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/837/ind.060.2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/586/req.001.2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/587/req.002.2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/588/req.003.2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/589/rei.004.2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/600/req.005.2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/590/req.006.2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/591/req.007.2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/592/req.008.2009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/593/req.009.2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/594/req.010.2009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/595/req.011.2009.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/596/req.012.2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/597/req.013.2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/598/req.014.2009.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/599/req.015.2009.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/764/ind.001.2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/765/ind.002.2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/766/ind.003.2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/767/ind.004.2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/768/ind.005.2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/769/ind.006.2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/770/ind.007.2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/771/ind.008.2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/772/ind.009.2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/773/ind.010.2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/774/ind.011.2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/775/ind.012.2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/776/ind.013.2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/777/ind.014.2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/778/ind.015.2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/779/ind.016.2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/780/ind.017.2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/781/ind.018.2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/782/ind.019.2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/783/ind.020.2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/784/ind.021.2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/785/ind.022.2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/786/ind.023.2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/787/ind.024.2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/788/ind.025.2009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/789/ind.027.2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/790/ind.028.2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/791/ind.029.2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/792/ind.030.2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/809/ind.031.2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/810/ind.032.2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/811/ind.033.2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/812/ind.034.2009.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/813/ind.035.2009.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/814/ind.036.2009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/815/ind.037.2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/816/ind.038.2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/817/ind.039.2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/818/ind.040.2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/819/ind.041.2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/820/ind.042.2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/821/ind.043.2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/822/ind.044.2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/823/ind.045.2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/824/ind.046.2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/825/ind.047.2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/826/camscanner_15-04-2025_13.07.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/827/camscanner_15-04-2025_13.19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/828/camscanner_15-04-2025_13.31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/829/camscanner_15-04-2025_13.44.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/830/ind.052.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/831/ind.053.2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/832/ind.054.2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/833/ind.055.2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/834/ind.056.2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/835/ind.058.2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/836/ind.059.2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/837/ind.060.2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/586/req.001.2009.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/587/req.002.2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/588/req.003.2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/589/rei.004.2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/600/req.005.2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/590/req.006.2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/591/req.007.2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/592/req.008.2009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/593/req.009.2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/594/req.010.2009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/595/req.011.2009.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/596/req.012.2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/597/req.013.2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/598/req.014.2009.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2009/599/req.015.2009.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>