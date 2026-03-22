--- v0 (2025-12-08)
+++ v1 (2026-03-22)
@@ -54,337 +54,337 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>MANOEL BALIZA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/602/req.001.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/602/req.001.2011.pdf</t>
   </si>
   <si>
     <t>Requer em caráter de urgência urgentíssima, a Abertura do Cemitério Novo.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>VALDIVINO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/603/req.002.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/603/req.002.2011.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado a esta Câmara Municipal de uma cópia dos convênios firmados com Instituições Financeiras e/ou Bancos referentes a concessão de créditos Consignados aos Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>DAMIÃO BORRACHEIRO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/604/req.003.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/604/req.003.2011.pdf</t>
   </si>
   <si>
     <t>Requer Senhora Secretaria Municipal de Saúde, Elieide Lins, para informar a esta Câmara Municipal para quais as razões que PSF passou a não mais atender o público no horário de almoço.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/605/req.004.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/605/req.004.2011.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Saúde, Elieide Lins, requerendo a desvinculação do Hospital para o programa SAMU.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>JOSÉ RONALDO (ZEZÃO)</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/607/req.005.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/607/req.005.2011.pdf</t>
   </si>
   <si>
     <t>Requer verificar a possibilidade de criar a academia comunitária livre no Bairro Alvoradinha, nesta cidade.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/608/req.006.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/608/req.006.2011.pdf</t>
   </si>
   <si>
     <t>Pleitar junto ao Órgão competente do Ministério do desenvolvimento Agrária-MDA, a implantação de um colégio Agrícola no território da cidadania Vale do Paranã, objetivando beneficiar 12 (doze) municípios desta região Nordeste Goiás.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>LÁZARO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/609/req.007.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/609/req.007.2011.pdf</t>
   </si>
   <si>
     <t>Requer verificar a possibilidade de autorizar a realização de audiência Pública para discussão da implantação do Polo de Ensino do IF Goiano no território da Cidadania Vale Paranã.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/610/req.008.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/610/req.008.2011.pdf</t>
   </si>
   <si>
     <t>Requer que tais Agências desta cidade terão prazo de 06 meses para adequação e cumprimento a Lei em referencia, sob pena de aplicação das sanções cabíveis.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/611/req.012.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/611/req.012.2011.pdf</t>
   </si>
   <si>
     <t>Requer que seja verificada a possibilidade de Declarar Recesso nas repartições Públicas, no período de 26 a 30 de Dezembro.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>403082011</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/606/requerimento004.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/606/requerimento004.2011.pdf</t>
   </si>
   <si>
     <t>Requer folha de pagamento dos servidores permanentes, folha de pagamento dos servidores comissionados, folha de pagamento dos servidores contratados em regime temporário, relação de todas as demais despesas consideradas despesas com pessoal, cópias dos processos licitatórios e contrato firmados com as empresas vencedoras, para construção das seguintes obras públicas: Posto de Saúde, Praça da Bíblia, Creche Nova Vila, e Pontes da Zona Rural, listagem completa das pessoas contempladas com o Cheque Moradia e listagem completa, atualizada, dos beneficiados com o Programa Renda Cidadã.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA-AUTORIA PARLAMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/174/projeto_de_lei_01-2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/174/projeto_de_lei_01-2011.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Constituição do serviço de Inspeção Municipal e os procedimentos de Inspeção Sanitária em estabelecimentos de consumo humano, de origem animal e vegetal e dá outras providências.”</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>JÚNIOR ALONSO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/172/projeto_de_lei_02-2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/172/projeto_de_lei_02-2011.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS, e Fundo Municipal de Desenvolvimento Rural Sustentável – FMDRS, e dá outras providências."</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/173/projeto_de_lei_03-2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/173/projeto_de_lei_03-2011.pdf</t>
   </si>
   <si>
     <t>“Determina às Agencias Bancárias manter à disposição dos consumidores o que menciona.”</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/175/projeto_de_lei_05_-_2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/175/projeto_de_lei_05_-_2011.pdf</t>
   </si>
   <si>
     <t>“Denomina Conjunto Habitacional e dá outras providências.”</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>GILMAR RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/176/projeto_de_lei_06-2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/176/projeto_de_lei_06-2011.pdf</t>
   </si>
   <si>
     <t>“Cria o Memorial Histórico de Alvorada do Norte-GO.”</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>CABO JAZI, DAMIÃO BORRACHEIRO, GILMAR RODRIGUES, JOSÉ RONALDO (ZEZÃO), JÚNIOR ALONSO, LÁZARO, MANOEL BALIZA, TADEUS FREITAS, VALDIVINO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/177/projeto_de_lei_07-2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/177/projeto_de_lei_07-2011.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão ao Ilustríssimo senhor ROBERTO EGÍDIO BALESTRA, Deputado Federal.”</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/178/projeto_de_lei_08_-_2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/178/projeto_de_lei_08_-_2011.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Alvoradense ao Excelentíssimo Doutor JOSÉ ELITON FIGUEREDO JUNIOR, Vice-Governador de Goiás.”</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/179/projeto_de_lei_09_-_2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/179/projeto_de_lei_09_-_2011.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Alvoradense ao Ilustríssimo Senhor CARLOS MAGNO DE DEUS SOUZA, Gerente da CEF.”</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/180/projeto_de_lei_10_-_2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/180/projeto_de_lei_10_-_2011.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Alvoradense à Ilustríssima Senhora FLÁVIA CARREIRO ALBUQUERQUE MORAIS, Deputada Federal.”</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>MOCP</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
     <t>CABO JAZI</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/576/mp.001.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/576/mp.001.2011.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do  Senhor Gercino José das Neves, morador desta cidade de Alvorada do Norte-GO.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/601/mp.002.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/601/mp.002.2011.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pela irreparável perda com o falecimento de Juceli Leandro de Sousa, filho de Marcionil Leandro de Sousa e Gildetina Maria de Sousa, propondo, também, a consignação em ata.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/577/m.p.003.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/577/m.p.003.2011.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor Marcelo Monteiro Guimarães, filho de Gerson Monteiro Guimarães e Maria Cândida Leite Guimarães._x000D_
 AUTOR: TODOS OS VEREADORES.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/578/mp.004.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/578/mp.004.2011.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Nelson Bispo de Araújo.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/579/mp.005.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/579/mp.005.2011.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo irreparável perda com falecimento de Jesus Rodrigues Costa.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/580/mp.006.2011.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/580/mp.006.2011.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do senhor Dr. Ely Silva Braz.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -691,68 +691,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/602/req.001.2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/603/req.002.2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/604/req.003.2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/605/req.004.2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/607/req.005.2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/608/req.006.2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/609/req.007.2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/610/req.008.2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/611/req.012.2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/606/requerimento004.2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/174/projeto_de_lei_01-2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/172/projeto_de_lei_02-2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/173/projeto_de_lei_03-2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/175/projeto_de_lei_05_-_2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/176/projeto_de_lei_06-2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/177/projeto_de_lei_07-2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/178/projeto_de_lei_08_-_2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/179/projeto_de_lei_09_-_2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/180/projeto_de_lei_10_-_2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/576/mp.001.2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/601/mp.002.2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/577/m.p.003.2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/578/mp.004.2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/579/mp.005.2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/580/mp.006.2011.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/602/req.001.2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/603/req.002.2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/604/req.003.2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/605/req.004.2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/607/req.005.2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/608/req.006.2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/609/req.007.2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/610/req.008.2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/611/req.012.2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/606/requerimento004.2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/174/projeto_de_lei_01-2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/172/projeto_de_lei_02-2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/173/projeto_de_lei_03-2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/175/projeto_de_lei_05_-_2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/176/projeto_de_lei_06-2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/177/projeto_de_lei_07-2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/178/projeto_de_lei_08_-_2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/179/projeto_de_lei_09_-_2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/180/projeto_de_lei_10_-_2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/576/mp.001.2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/601/mp.002.2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/577/m.p.003.2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/578/mp.004.2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/579/mp.005.2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2011/580/mp.006.2011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="136.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>