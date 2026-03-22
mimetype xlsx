--- v0 (2026-02-03)
+++ v1 (2026-03-22)
@@ -54,291 +54,291 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JÚNIOR LEGAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/617/id.001.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/617/id.001.2014.pdf</t>
   </si>
   <si>
     <t>Indica a implantação do Sistema de Câmeras de segurança, nas dependências da unidade Mista Hospitalar de Alvorada do Norte, em especial, nas salas de recepção e atendimento e nos Posts de Saúde.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CABO JAZI</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/618/id.002.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/618/id.002.2014.pdf</t>
   </si>
   <si>
     <t>Indica a Possibilidade em acelerar os Serviços de tapa-buracos das Ruas e Avenidas da cidade; Serviços de roçagem; Verificar a água existente no calçamento localizado no final das Ruas Dois Irmãos e Pernambuco, no Bairro corrente desta cidade.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MAZIM BRITO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/619/id.003.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/619/id.003.2014.pdf</t>
   </si>
   <si>
     <t>Indica colocação de Grades com o respectivo portão, em frente ao Prédio da Creche Municipal Armida Francisca de Jesus, localizada no Bairro centro em Alvoradinha.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/620/indicacao.004.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/620/indicacao.004.2014.pdf</t>
   </si>
   <si>
     <t>Indica reivindicar junto a esta Prefeitura Municipal, a possibilidade de construir alguns Quebra-Molas (ondulações transversal), na Rua Francisco Mota Lima, localizada no Bairro centro (Alvoradinha), desta cidade de Alvorada do Norte-Goiás.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PROFESSOR ISAÍAS</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/621/id.005.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/621/id.005.2014.pdf</t>
   </si>
   <si>
     <t>Indica reforma da Quadra Poliesportiva (quadra coberta) em Alvoradinha, colocando o piso que se encontra em péssimas conduções de uso; Substituição das lâmpadas queimadas da mencionada quadra.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>WELITON</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/622/id.006.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/622/id.006.2014.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, a reforma da Ponte da Lagoa Grande, localizada na estrada Municipal m- 5, sentido da BR-020, até a Fazenda do Senhor Geraldo Coqueiro.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>EDSEU</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/623/id.007.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/623/id.007.2014.pdf</t>
   </si>
   <si>
     <t>Indica abertura com serviços de encascalhamento da Estrada Vicinal, que tem uma extensão aproximada de 07 km saindo da GO- 236, na entrada da antiga Fazenda ITU, até a Fazenda Cachoeira do Campo, Zona Rural, deste Município.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/625/id.008.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/625/id.008.2014.pdf</t>
   </si>
   <si>
     <t>Indica Serviços de manutenção com Encascalhamento e Patrolamento da estrada Vicinal, saindo da GO- 236, passando pelas Fazendas Pindaíba, Pedro Falco, Conceição, finalizando na Fazenda Modelo, bem como, patrolamento das Estradas que dão acesso às residências dos moradores locais, na Zona Rural, deste Município.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MANOEL BALIZA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/628/id.009.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/628/id.009.2014.pdf</t>
   </si>
   <si>
     <t>Indica Providenciar junto ao encarregado da Obra de canalização das Grotas do Bairro Ipiranga, (parte sem asfalto), dos serviços já iniciais, porém, paralisados, a Colocação das proteções Bueiros (Boca de Lobo), que se encontram a céu aberto, correndo sérios riscos de causas de acidentes aos transeuntes e demais utilitários daqueles setor.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/629/id.010.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/629/id.010.2014.pdf</t>
   </si>
   <si>
     <t>Indica verificar a possibilidade de remoção dos entulhos de demolições das casas de comércios ao longo da Avenida Bernardo Sayão, bem como, a possibilidade de orientação no que tange às colocações das areias usadas nas construções, que estão obstruindo a passagem dos veículos e acesso aos comércios e bancos, Alem de dificultar a locomoção dos transeuntes, que deixam de usar as calçadas e passam a trafegar no leito da Avenida, proporcionando, isto, sérios riscos de atropelamentos.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>73061</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/624/indicacao007.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/624/indicacao007.2014.pdf</t>
   </si>
   <si>
     <t>Indica os Serviços de reparo na Vila Conceição, cito à Rua Major Moura Bastos, com colocação de manilhas ou o que for necessário.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>83065</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/626/indicacao008.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/626/indicacao008.2014.pdf</t>
   </si>
   <si>
     <t>Indica: Retirar a ponte que se encontra na estrada Vicinal, saindo da GO- 236, até o assentamento Pedro Falco Zona Rural deste Município.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/466/req.001.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/466/req.001.2014.pdf</t>
   </si>
   <si>
     <t>"Requer viabilizar estudos para elaboração de um Projeto de Lei a ser enviado a esta Casa, dispondo sobre o seguinte: Plano de Cargos, Carreiras e Vencimentos dos Trabalhadores Administrativo da Educação do Município de Alvorada do Norte."</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/467/req.002.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/467/req.002.2014.pdf</t>
   </si>
   <si>
     <t>"Requer viabilizar estudos voltados à possibilidade de criação de Cargo de Diretor (a) Administrativo (a) Educacional, no Quadro de Cargos cujas atribuições a serem definidas pelo Poder Executivo, estarão ligadas diretamente à Secretaria Municipal de Educação."</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/468/req.003.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/468/req.003.2014.pdf</t>
   </si>
   <si>
     <t>"Requer viabilizar estudos à possibilidade de enviar a esta Casa, Projeto de Lei Complementar visando à redução da jornada de trabalho em 50% (cinquenta) por cento aos servidores da Administração Direta, Indireta e fundacional do município de Alvorada do Norte."</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>BETE DO HOSPITAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/469/req.004.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/469/req.004.2014.pdf</t>
   </si>
   <si>
     <t>"Licença para missão temporária (viagem)."</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>LÁZARO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/470/req.005.2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/470/req.005.2014.pdf</t>
   </si>
   <si>
     <t>"Requer Reivindicar junto aos órgãos competentes, o pleito de uma Patrulha Agrícola para o Assentamento Alvorada PA1, a fim de beneficiar o plantio dos pequenos produtores rurais daquela localidade, nos serviços de desterroamento (aragem), de terras, na Zona Rural, deste Município."</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA-AUTORIA PARLAMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/187/projeto_de_lei_02-2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/187/projeto_de_lei_02-2014.pdf</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal de Combate e prevenção ao câncer de próstata, no município de Alvorada do Norte e dá outras providências."</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/188/projeto_de_lei_03-2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/188/projeto_de_lei_03-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Olimpíada Esportiva Pública Municipal de Alvorada do Norte e dá outras providências."</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/189/projeto_de_lei_04-2014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/189/projeto_de_lei_04-2014.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadão Honorário do Município de Alvorada do Norte ao Senhor Dr. EDISTIO CARLOS FERNANDES.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -645,68 +645,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/617/id.001.2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/618/id.002.2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/619/id.003.2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/620/indicacao.004.2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/621/id.005.2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/622/id.006.2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/623/id.007.2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/625/id.008.2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/628/id.009.2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/629/id.010.2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/624/indicacao007.2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/626/indicacao008.2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/466/req.001.2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/467/req.002.2014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/468/req.003.2014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/469/req.004.2014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/470/req.005.2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/187/projeto_de_lei_02-2014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/188/projeto_de_lei_03-2014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/189/projeto_de_lei_04-2014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/617/id.001.2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/618/id.002.2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/619/id.003.2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/620/indicacao.004.2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/621/id.005.2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/622/id.006.2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/623/id.007.2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/625/id.008.2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/628/id.009.2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/629/id.010.2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/624/indicacao007.2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/626/indicacao008.2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/466/req.001.2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/467/req.002.2014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/468/req.003.2014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/469/req.004.2014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/470/req.005.2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/187/projeto_de_lei_02-2014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/188/projeto_de_lei_03-2014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2014/189/projeto_de_lei_04-2014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>