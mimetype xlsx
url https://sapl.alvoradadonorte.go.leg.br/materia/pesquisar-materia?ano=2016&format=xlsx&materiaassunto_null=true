--- v0 (2025-12-08)
+++ v1 (2026-03-21)
@@ -54,297 +54,297 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>EDSEU</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/612/id001.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/612/id001.2016.pdf</t>
   </si>
   <si>
     <t>Indica reparos na Caixa D'Água, do CEMEI, na forma em que especifica.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MAZIM BRITO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/613/id.002.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/613/id.002.2016.pdf</t>
   </si>
   <si>
     <t>Indica a reposição das Lâmpadas queimadas nos postes de luminárias do Novo Ipiranga e Bairro Centro (Alvoradinha), na forma em que especifica.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>BETE DO HOSPITAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/614/id.003.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/614/id.003.2016.pdf</t>
   </si>
   <si>
     <t>Reconstrução da Orla da Praia do Povo nas proximidades do Quiosque da Rosilda; Reposição da areia na área dos parquinhos; Reparos nos aparelhos da academia Pública.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CABO JAZI</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/615/id.004.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/615/id.004.2016.pdf</t>
   </si>
   <si>
     <t>Realizar com urgência os serviços de tapa buracos nas ruas e avenidas da cidade, e, no ensejo, que seja estabelecido critérios de conscientização e/ou fiscalização aos lojistas e donas de casa, que despejam diariamente, por várias vezes ao dia, imensas quantidades de Água no asfalto, causando com essas ações, verdadeiras crateras que estão a ir de m lado ao outro do mesmo.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>LÁZARO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/616/id.005.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/616/id.005.2016.pdf</t>
   </si>
   <si>
     <t>Recolhimento dos entulhos, lixos e Galhadas que se encontram depositados em várias ruas do Bairro Centro (Alvoradinha), desta cidade.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JÚNIOR LEGAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/555/req.001.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/555/req.001.2016.pdf</t>
   </si>
   <si>
     <t>Requer após anuência de Plenário, que seja Realizada Sessão Solene, no dia 26/03/2016, em comemoração ao Cinquentenário Aniversário da Câmara Municipal e Convida Todos os Vereadores para Inauguração da Galeria Legislativa " Sala Marcionil Leandro de Souza."</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/556/req.002.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/556/req.002.2016.pdf</t>
   </si>
   <si>
     <t>Verificar, a possibilidade de continuar o atendimento ás comunidades rurais, pela empresa de ônibus, que até é detentora do uso da linha, e/ou acionar os órgãos equivalentes, para que seja cedido a quem tiver interesse, pois os moradores que utilizam esta locomoção até o centro urbano, estão desassistidos há vários meses, atrapalhando assim, o desenvolvimento rural do município.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>PROFESSOR ISAÍAS</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/557/req.003.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/557/req.003.2016.pdf</t>
   </si>
   <si>
     <t>Verificar, a possibilidade de construção de estacionamento ao lado do prédio do fórum, localizado no bairro (Alvoradinha).</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/558/req.004.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/558/req.004.2016.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma Máquina Agrícola Roçadeira para Trator, que será utilizada na limpeza, poda e roçagem dos pastos, objetivando o rendimento do plantio e cultivos dos pequenos produtores do nosso município.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/559/req.005.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/559/req.005.2016.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de construção, com recurso próprios do município, de uma guarita, no prédio da Escola Municipal Professora Odília Justa da Silva.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/560/req.006.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/560/req.006.2016.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de instalação da internet Wi-fi, com respectiva antena transmissora do sinal, a ser colocado na Zona Rural, deste Município, tendo em vista a dificuldade de pesquisa dos alunos que residem na área.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/561/req.007.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/561/req.007.2016.pdf</t>
   </si>
   <si>
     <t>Requer os seguintes pleitos, nos termos do artigo 39 da Lei Complementar Municipal n°06 de 30 de Maio de 2006, que dispõe sobre o "Plano de Cargos e Salários da Prefeitura Municipal de Alvorada do Norte (GO)." E informações sobre os trabalhos da Comissão de Desenvolvimento Funcional, de que trata a mencionada Lei, e, na falta da existência da mesma, possibilitar a criação da referida Comissão.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/562/req.008.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/562/req.008.2016.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de elaboração do Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos da Saúde,</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/563/req.009.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/563/req.009.2016.pdf</t>
   </si>
   <si>
     <t>"Verificar a possibilidade de retorno dos serviços de confecção das Carteiras de Trabalho e Previdência -CTPS, com a respectiva aquisição do equipamento no município."</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/564/req.010.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/564/req.010.2016.pdf</t>
   </si>
   <si>
     <t>"Requer que seja enviado para conhecimento deste Parlamento, a relação de todos os FICAIS DA PREFEITURA, com os receptivos nomes, áreas de atuações e trabalhos desenvolvimento e regularizados pelos mesmos."</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/565/req.011.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/565/req.011.2016.pdf</t>
   </si>
   <si>
     <t>"Verificar junto à Secretaria Municipal de Desenvolvimento Econômico, Meio Ambiente e Agricultura- SEDESMA, por meio do Secretário Ari Fernandes da Silva BIgio, a gentileza em enviar- nos, para conhecimento uma cópia do Relatório dos Serviços realizados nos últimos seis meses, relativo à atribuição da Pasta."</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/566/req.012.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/566/req.012.2016.pdf</t>
   </si>
   <si>
     <t>"Requer ao Executivo, junto às instituições financeiras, a possibilidade de retorno do Caixa Eletrônico da Caixa, dada a demanda dos clientes aos serviços ofertados, bem como, a implantação do Banco 24 horas, cujos caixas deverão ser colocados em locais de alto fluxo de pessoas, sugerindo, para tanto, a Rodoviária da cidade."</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/567/req.013.2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/567/req.013.2016.pdf</t>
   </si>
   <si>
     <t>"Requer que a Prefeita aleita ultime esforços para a manutenção do ensino público ofertado pelo Colégio Estadual Professor Alfredo Nascer, com políticas públicas envolvendo professores, alunos e comunidade, a fim de que o número de matriculas seja retornado com atenção ao incentivo na Educação de Jovens e Adultos, poes existe um elevado número de pessoas que ainda não concluíram esta etapa de ensino."</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA-AUTORIA PARLAMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/30/1589810723projeto_de_lei_04-2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/30/1589810723projeto_de_lei_04-2016.pdf</t>
   </si>
   <si>
     <t>"Denomina de ARACI MAGALHÃES a Unidade Básica de Saúde (UBS), localizada no Setor Central, e dá outras providências."</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/194/projeto_de_lei_05-2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/194/projeto_de_lei_05-2016.pdf</t>
   </si>
   <si>
     <t>"Denomina a Unidade Básica de Saúde (UBS), localizada na Rua Dumar Prado com Rua José Antônio de Sevilha, no Setor Novo Ipiranga, de JÚLIA PEREIRA DE CARVALHO e dá outras providências."</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/195/projeto_de_lei_07-2016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/195/projeto_de_lei_07-2016.pdf</t>
   </si>
   <si>
     <t>"Denomina a Biblioteca Pública Municipal e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -651,68 +651,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/612/id001.2016.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/613/id.002.2016.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/614/id.003.2016.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/615/id.004.2016.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/616/id.005.2016.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/555/req.001.2016.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/556/req.002.2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/557/req.003.2016.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/558/req.004.2016.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/559/req.005.2016.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/560/req.006.2016.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/561/req.007.2016.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/562/req.008.2016.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/563/req.009.2016.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/564/req.010.2016.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/565/req.011.2016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/566/req.012.2016.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/567/req.013.2016.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/30/1589810723projeto_de_lei_04-2016.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/194/projeto_de_lei_05-2016.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/195/projeto_de_lei_07-2016.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/612/id001.2016.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/613/id.002.2016.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/614/id.003.2016.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/615/id.004.2016.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/616/id.005.2016.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/555/req.001.2016.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/556/req.002.2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/557/req.003.2016.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/558/req.004.2016.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/559/req.005.2016.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/560/req.006.2016.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/561/req.007.2016.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/562/req.008.2016.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/563/req.009.2016.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/564/req.010.2016.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/565/req.011.2016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/566/req.012.2016.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/567/req.013.2016.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/30/1589810723projeto_de_lei_04-2016.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/194/projeto_de_lei_05-2016.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2016/195/projeto_de_lei_07-2016.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>