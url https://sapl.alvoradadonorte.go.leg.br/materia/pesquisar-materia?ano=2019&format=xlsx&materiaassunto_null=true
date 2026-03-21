--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -54,219 +54,219 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>CABO JAZI</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/640/ind.001.2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/640/ind.001.2019.pdf</t>
   </si>
   <si>
     <t>Indica providências, com urgência, junto ao Setor de Obras, os serviços necessários para recuperação do leito da GO-112, no trecho que se encontra intransitável, com atenção especial nos reparos dos bueiros e pontes, dentro do limite do município.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/641/ind.002.2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/641/ind.002.2019.pdf</t>
   </si>
   <si>
     <t>Providenciar, se possível, com urgência, junto ao setor competente da Prefeitura de Alvorada do Norte, os serviços de encascalhamento nas ruas localizadas na bairro centro (Alvoradinha), que se encontram danificadas gerando dificuldades de acesso e de tráfego aos Moradores daquela localidade, e dos que utilizam das vias do setor. Algumas ruas se encontram sem condições de trafegabilidade, e carecem de melhorias urgentes do poder público, tendo em vista o fim do período chuvoso.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/642/ind.003.2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/642/ind.003.2019.pdf</t>
   </si>
   <si>
     <t>Execução de serviços para soluções no tocante às águas que brotam/minam do solo na Rua João Crisóstomo próximo a Chácara do Dumar, no bairro (Alvoradinha), e causam o embrejamento e infiltração das edificações locai. Quando no período chuvoso (que se aproxima) o problema e agravado, com as fortes chuvas torrenciais.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/462/req.001.2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/462/req.001.2019.pdf</t>
   </si>
   <si>
     <t>"Requer, com fulcro no artigo 84 do Código de Posturas do Município, políticas públicas/campanha de conscientização e/ou fiscalização junto aos lojistas, comerciantes e donas de casas que tem residencias e comércios edificados ao longo da Avenida Bernardo Sayão - nos dois sentidos- desta cidade, por conta da enorme quantidade de águas servidas que são despejas na pavimentação asfáltica."</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>JÚLIO DA LARANJA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/463/req.002.2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/463/req.002.2019.pdf</t>
   </si>
   <si>
     <t>"Requer a Construção de uma Ponte de Concreto, sobre o Rio Lontra, no Trecho que dá Acesso ao Assentamento do PA Alvorada || (Fazenda Brunet), que irá beneficiar, também, os moradores da Fazendas: Passarinho, Itiquira, Serra Bonita (Guarup) e localidades vizinha."</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>JÚNIOR LEGAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/464/req.003.2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/464/req.003.2019.pdf</t>
   </si>
   <si>
     <t>"Requer a impetração de uma ação de Medida Cautela no Ministério Público, para que seja suspensa a cobrança da taxa de esgoto pelo Saneamento Básico de Goiás (SANEAGO), em fase de implantação pela concessionária dos serviços no município de Alvorada do Norte."</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>32019</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/465/req.003.2019..pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/465/req.003.2019..pdf</t>
   </si>
   <si>
     <t>"Requer a Construção de uma Praça Pública, com iluminação e bancos de assentos, no Vale do Amanhecer, em benefício da comunidade local."</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA-AUTORIA PARLAMENTAR</t>
   </si>
   <si>
     <t>CARLÃO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_de_lei_02-2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_de_lei_02-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a permissão de instalação de equipamentos eliminador (supressor) de ar nas tubulações de abastecimentos de água em edificações residenciais e comerciais no município de Alvorada do Norte (GO) e dá outras providências."</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_de_lei_03-2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_de_lei_03-2019.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Alvoradense ao ilustríssimo senhor pastor Genivannele Bruno da Silva, e dá outras providências."</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/199/projeto_de_lei_04-2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/199/projeto_de_lei_04-2019.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Alvoradense ao ilustríssimo 2° Tenente da Polícia Militar de Goiás senhor Melchisedeck Almeida Campos Peres, e dá outras providências."</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_de_lei_05-2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_de_lei_05-2019.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Alvoradense ao ilustríssimo Senhor Pastor Almir Macedo de Oliveira e dá outras providências."</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/201/projeto_de_lei_06-2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/201/projeto_de_lei_06-2019.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Alvoradense ao ilustríssimo senhor pastor Rogério Alves Lucas, e dá outras providências."</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>KLEBER SEBINHO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_07-2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_07-2019.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Alvoradense ao Excelentíssimo Senhor Deputado Federal Daniel Vilela, e dá outras providências."</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ZÉ MARIA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/35/projeto_de_lei_08-2019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/35/projeto_de_lei_08-2019.pdf</t>
   </si>
   <si>
     <t>"Concede Título Honorífico de Cidadão Alvoradense ao Excelentíssimo Senhor Deputado Estadual Antônio Roberto Otoni Gomide, e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -573,68 +573,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/640/ind.001.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/641/ind.002.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/642/ind.003.2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/462/req.001.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/463/req.002.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/464/req.003.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/465/req.003.2019..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_de_lei_02-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_de_lei_03-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/199/projeto_de_lei_04-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_de_lei_05-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/201/projeto_de_lei_06-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_07-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/35/projeto_de_lei_08-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/640/ind.001.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/641/ind.002.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/642/ind.003.2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/462/req.001.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/463/req.002.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/464/req.003.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/465/req.003.2019..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/197/projeto_de_lei_02-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_de_lei_03-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/199/projeto_de_lei_04-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/200/projeto_de_lei_05-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/201/projeto_de_lei_06-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_07-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2019/35/projeto_de_lei_08-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>