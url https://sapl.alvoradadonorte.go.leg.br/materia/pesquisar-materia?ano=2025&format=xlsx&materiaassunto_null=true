--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -54,1505 +54,1505 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR-AUTORIA DO EXECUTIVO</t>
   </si>
   <si>
     <t>DAVID MOREIRA DE CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/431/camscanner_12-03-2025_11.54.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/431/camscanner_12-03-2025_11.54.pdf</t>
   </si>
   <si>
     <t>"Concede revisão dos vencimentos aos servidores públicos efetivos do Magistério do Município de Alvorada do Norte-GO e dá outras providências."</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/683/projeto_de_lei_complementar_02.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/683/projeto_de_lei_complementar_02.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre atualização de vencimentos-base dos cargos de que se especificam, altera tabela do Anexo-I, da Lei Complementar Municipal n°. 21/2024, de 31/01/2024 e dá outras providências"</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/859/plc_003-2025-altera_rpps.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/859/plc_003-2025-altera_rpps.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações na legislação do Regime Próprio de Previdência de Alvorada do Norte e dá outras providências."</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/937/pl_c._004.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/937/pl_c._004.pdf</t>
   </si>
   <si>
     <t>"Acrescenta à Lei Complementar Municipal nº 021/2024 as seguintes descrições ao Cargo de Fiscal de Tributos, e dá outras providências."</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA-AUTORIA DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/412/pl_no_001-2025-executivo.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/412/pl_no_001-2025-executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a ceder e a permutar Servidores Públicos e dá outras providências."</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/413/pl_no_002-2025-executivo.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/413/pl_no_002-2025-executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações no plano de custeio do Regime Próprio de Previdência Social do Município de Alvorada do Norte - GO, e dá outras providências."</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/414/pl_no_003-2025-executivo.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/414/pl_no_003-2025-executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações na legislação do Regime Próprio de Previdência Social do Município de Alvorada do Norte - GO, e dá outras providências."</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_004-2025-executivo.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_004-2025-executivo.pdf</t>
   </si>
   <si>
     <t>"Concede revisão geral anual dos vencimentos, aos servidores públicos e sobre os subsídios dos agentes políticos dos poderes Executivo e Legislativo Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/455/projeto.de.lei006_2.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/455/projeto.de.lei006_2.pdf</t>
   </si>
   <si>
     <t>"Autoriza o chefe do executivo a alterar o sentido da via, passando ser via de mão dupla a Avenida Bernardo Sayão no bairro Central, e dá outras providências".</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/456/projeto.de.lei007.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/456/projeto.de.lei007.pdf</t>
   </si>
   <si>
     <t>"FICA AUTORIZADO A REALIZAÇÃO DE TERMO DE CONVÊNIO QUE ENTRE SI CELEBRAM, O MUNICÍPIO DE ALVORADA DO NORTE-GO E A ASSOCIAÇÃO CASA DA CRIANÇA PEQUENO EDSON DE POSSE-GO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/681/projeto_de_lei_n_08.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/681/projeto_de_lei_n_08.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do Parágrafo Único do Art. 6°, da Lei 507 de 17/12/2021 e dá providências".</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/684/pdf_scanner_030425_9.37.06.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/684/pdf_scanner_030425_9.37.06.pdf</t>
   </si>
   <si>
     <t>"Autoriza celebração de contrato para implantação de Programa de Estágio no Município de Alvorada do Norte e dá outras providências."</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/712/pdf_scanner_030425_4.25.39.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/712/pdf_scanner_030425_4.25.39.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo conceder premiações a participantes de eventos esportivos e culturais e dá providencias."</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/747/pl_11-2025-executivo.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/747/pl_11-2025-executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza a doação de terreno urbano de propriedade do Município de Alvorada do Norte ao Estado de Goiás para fins específicos e dá outras providências".</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/714/pdf_scanner_030425_4.36.33.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/714/pdf_scanner_030425_4.36.33.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a doar áreas de terras de sua propriedade às famílias do município e dá outras providências."</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_no_013-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_no_013-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de Centro de Reabilitação do município de Alvorada do Norte-GO e dá outras providências."</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/808/pl-014.executivo.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/808/pl-014.executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Lei de Diretrizes Orçamentária para o exercício de 2026, (LDO-2026) e dá outras providências".</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/846/camscanner_03-06-2025_09.29.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/846/camscanner_03-06-2025_09.29.pdf</t>
   </si>
   <si>
     <t>"Autoriza o desafetamento de área urbana e a doação de imóvel para a Sr.ª Ivanilde Neres Sampaio, e dá outras providências."</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/848/pl.016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/848/pl.016.pdf</t>
   </si>
   <si>
     <t>"Revoga dispositivo da Lei Complementar n° 007/2009, de 23 de dezembro de 2009, que Dispõe sobre o Estatuto e Plano de Cargos, Carreira e Remuneração do Magistério Público Municipal, e dá providências."</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/864/projeto_de_lei_no_17-2025_000001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/864/projeto_de_lei_no_17-2025_000001.pdf</t>
   </si>
   <si>
     <t>"CRIA O CONSELHO MUNICIPAL DE TURISMO - COMTUR E O FUNDO MUNICIPAL  DE TURISMO - FUMTUR DO MUNICÍPIO DE ALVORADA DO NORTE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_018-2025-ppa_2026-2029-atualizado.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_018-2025-ppa_2026-2029-atualizado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual - PPA-2026/2029, para o Município de Alvorada do Norte, e estabelece outras providências."</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/881/pl_no_19.2025.loa_2026.correto.completo.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/881/pl_no_19.2025.loa_2026.correto.completo.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do município de Alvorada do Norte, para o exercício de 2026 (LOA/2026) e dá outras providências."</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/886/pl_020.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/886/pl_020.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei Municipal n° 291/2008, de 25 de abril de 2008, que dispõe sobre a doação de lotes de terrenos e á outras providências."</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/888/pl._021.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/888/pl._021.pdf</t>
   </si>
   <si>
     <t>"Institui plano de amortização para equacionamento do déficit atuarial do Regime Próprio de Previdência Social - RPPS, com contribuições suplementares devidas pelo Município, na forma de alíquotas."</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/889/pl._022.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/889/pl._022.pdf</t>
   </si>
   <si>
     <t>"Reconhece e inclui na Malha Viária Municipal a Via de Acesso ao Município de Sítio D'abadia, destino Caiçara, intitulada "Estrada Vicinal M-10, e dá outras providências."</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/890/pl_023.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/890/pl_023.pdf</t>
   </si>
   <si>
     <t>"Reconhece e inclui na Malha Viária Municipal a Via de Acesso ao Município de Sítio D'abadia, intitulada "Estrada Vicinal M-09 - Coopertinga, e dá outras providências."</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/897/pl_024.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/897/pl_024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a parcelar débitos do Município junto a Concessionária SANEAGO S/A, e dá outras providências."</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/908/pl_025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/908/pl_025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do art. 37, inciso IX da Constituição Federal e dá outras providências."</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/907/pl_026.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/907/pl_026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre parcelamento no Regime Próprio de Previdência Social do Município de Alvorada do Norte, e dá outras providências."</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/927/pl_027.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/927/pl_027.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização para abertura de Crédito Especial na Lei Orçamentária vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei.028.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei.028.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O TRATAMENTO FAVORECIDO, DIFERENCIADO, SIMPLIFICADO E REGIONALIZADO PARA AS MICROEMPRESAS DE PEQUENO PORTE NOS PROCESSOS DE LICITAÇÕES PÚBLICAS NO ÂMBITO DO MUNICÍPIO DE ALVORADA DO NORTE, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JÚNIOR LEGAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/394/ind.001-2025.junimar.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/394/ind.001-2025.junimar.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito, junto à Secretaria de Obras da Prefeitura Municipal, o serviço de RESTAURAÇÃO COMPLETA DA PRAÇA DA BÍBLIA, localizada no Bairro Marajoara deste município.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>DAMIÃO BORRACHEIRO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/399/ind.002-2025.damiao.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/399/ind.002-2025.damiao.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, junto à Secretaria de Obras o serviço de Reforma Geral da Quadra Raimundo Mendes, localizada na Fazenda Conceição.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/400/ind.003-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/400/ind.003-2025.pdf</t>
   </si>
   <si>
     <t>Pleitear com recursos do Orçamento Público, a possibilidade em disponibilizar para os VIGILANTES, que atuam nas escolas municipais, e laboram nos períodos diurnos e noturnos, os UNIFORMES COMPLETOS, proporcionando, assim, o reconhecimento importante na função que estes profissionais desempenham.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>CABO JAZI</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/408/ind.004-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/408/ind.004-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor David Moreira de Carvalho, solicitando junto à Secretaria de Obras, com recursos próprios do orçamento em vigor, medidas que visem o atendimento do seguinte: Reparação do Bueiro, em frente à loja ANDRÉ AUTO PEÇAS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/409/ind.005.2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/409/ind.005.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito David Moreira, solicitando junto à secretaria de Obras e Serviços da Prefeitura Municipal, o  serviço de Construção de uma Rotatória nos cruzamentos das ruas Juscelino Kubitschek, Jurema e 12 de Outubro com as Avenidas Senador Ramos Caiado e Pedro Ludovico.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/410/ind.006.2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/410/ind.006.2025.pdf</t>
   </si>
   <si>
     <t>"Indicação à Douta Mesa, que seja enviado ofício ao Senhor Prefeito David Moreira, solicitando junto à secretaria de Obras e Serviços da Prefeitura Municipal, o seguinte serviço: Construção de uma Ondulação Transversal (quebra-mola), na rua Jurema, localizada na Vila Buqueirão em Alvorada do Norte".</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_007-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_007-2025.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito DAVID MOREIRA DE CARVALHO, solicitando junto à secretaria de Obras e Serviços da Prefeitura Municipal, o seguinte : Reforma Geral do Campo Society - localizado próximo ao Pelotão- Bairro Nova Vila.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_008-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_008-2025.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito DAVID MOREIRA DE CARVALHO, solicitando junto à secretaria de Obras e Serviços da Prefeitura Municipal, o seguinte : Conserto do telhado da igreja da Fazenda Conceição e Implementação de um parque de diversão na escola.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/424/pdf_scanner_100325_4.52.36.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/424/pdf_scanner_100325_4.52.36.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito DAVID MOREIRA DE CARVALHO, solicitando junto à secretaria de Obras e Serviços da Prefeitura Municipal, o seguinte : Construção de ONDULAÇÃO TRANSVERSAL ( QUEBRA-MOLA), na Rua dos Marrecos, (descendo para chácara do João Grotinha), localizada no Bairro Corrente em Alvorada do Norte, com a devida sinalização, conforme lei do trânsito nacional.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>JÚLIO DA LARANJA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_010-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_010-2025.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito DAVID MOREIRA, o seguinte serviço: Construção de uma praça com quadra coberta no Vale do Amanhecer, localizado na zona rural deste município.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/425/pdf_scanner_100325_4.58.26.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/425/pdf_scanner_100325_4.58.26.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito DAVID MOREIRA, solicitando junto à secretaria de Obras, com recursos próprios do orçamento em vigor, medidas que visem o atendimento do seguinte: Revitalização da Avenida Major Moura Bastos ( nas proximidades da Distribuidora e do Bar do Manoel), localizada no Bairro Centro em Alvoradinha.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>NEGUIM DA BORRACHARIA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/426/pdf_scanner_100325_4.54.42.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/426/pdf_scanner_100325_4.54.42.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito DAVID MOREIRA, solicitando junto à secretaria de Obras e Serviços da Prefeitura Municipal, o recursos próprios do orçamento em vigor, medidas que visem o atendimento do seguinte: Construção de ONDULAÇÃO TRANSVERSAL ( QUEBRA-MOLA), na Avenida Ergino Francisco de Ataíde, localizada na Vila Buqueirão em Alvorada do Norte, com a devida sinalização, conforme lei do trânsito nacional.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_013-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_013-2025.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito DAVID MOREIRA, o seguinte serviço: Aterramento de lotes que estão acumulando água parada, localizada na rua que dá acesso ao Campo de Campo de Alvoradinha (precisamente no fundo da subestação de Energia Elétrica.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/429/pdf_scanner_110325_9.50.08.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/429/pdf_scanner_110325_9.50.08.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito DAVID MOREIRA, o seguinte serviço: CONSERTO DE MATA BURRO, localizado na Fazenda Itiquira (que dá acesso a fazenda do Ceará), na zona rural deste município.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/430/pdf_scanner_110325_9.56.27.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/430/pdf_scanner_110325_9.56.27.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito DAVID MOREIRA, o seguinte serviço: LIMPEZA DE LOTES URBANOS, localizados em Alvoradinha (próximos ao Posto de Saúde, à altura da residência da senhora Lideci Costureira e ao Bar do Fábio).</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/510/pdf_scanner_270325_9.58.38.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/510/pdf_scanner_270325_9.58.38.pdf</t>
   </si>
   <si>
     <t>Indicação de que seja enviado ao Senhor Prefeito David Moreira o seguinte serviço: Providenciar, através do caminhão pipa, o serviço de molhagem das ruas não pavimentadas do bairro centro (Alvoradinha), que neste período geram muita poeira.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/513/pdf_scanner_270325_10.14.13.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/513/pdf_scanner_270325_10.14.13.pdf</t>
   </si>
   <si>
     <t>Indicação de que seja enviado ao Senhor Prefeito David Moreira, solicitando junto à secretaria de Obras e Serviços da Prefeitura Municipal, o seguinte serviço: Construção de um Ponto de Ônibus no Bairro Jardim das Acácias.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/514/pdf_scanner_270325_10.24.04.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/514/pdf_scanner_270325_10.24.04.pdf</t>
   </si>
   <si>
     <t>Indicação de que seja enviado ao Sr. Prefeito David Moreira, solicitando junto à secretaria de Obras e Serviços da Prefeitura Municipal, o seguinte serviço: Disponibilizar Tampa para a Caixa d'Água e Internet, para atender às necessidades do Colégio Raimundo Mendes, Localizado na Fazenda Conceição, deste município.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/543/pdf_scanner_280325_9.48.47.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/543/pdf_scanner_280325_9.48.47.pdf</t>
   </si>
   <si>
     <t>Indicação ao Senhor Prefeito David Moreira, solicitando junto à secretaria de Obras e Serviços, o seguinte serviço: PROVIDENCIAR, a manutenção dos ares condicionados, bem como, a instalação de novos aparelhos, nas dependências que ainda não possuem e a substituição imediata das lâmpadas e reposição no CMEI- Filadelfo Falcão de Carvalho - Alvorada do Norte/GO.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_020.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_020.pdf</t>
   </si>
   <si>
     <t>Indicação que seja enviado ao Senhor Prefeito David Moreira, solicitando junto à secretaria de Obras e Serviços o seguinte serviço: Disponibilizar a MÁQUINA RETROESCAVADEIRA, para realizar serviço (construção de tanques de peixe), para atender os produtores do Assentamento da Fazenda Brunet, Alvorada PA II, localizado na zona rural deste município.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/795/ind._021.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/795/ind._021.pdf</t>
   </si>
   <si>
     <t>Indicação à Douta Mesa, que seja enviado ofício ao Sr. Prefeito David Moreira, solicitando junto a secretaria de Obras e Serviços, o seguinte: Disponibilizar CONTAINERS na entada do Assentamento da Fazenda Brunet, Alvorada PA II, localizado na zona rural deste município.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/796/ind._022.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/796/ind._022.pdf</t>
   </si>
   <si>
     <t>Indicação à Douta Mesa, que seja enviado ao Prefeito David Moreira, o seguinte: PROVIDENCIAR, junto ao setor competente, a substituição imediata das lâmpadas que estão queimadas e reposição das que estão faltando dos postes da iluminação pública em todos os bairros da cidade."</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/797/ind._023.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/797/ind._023.pdf</t>
   </si>
   <si>
     <t>Indicação à Douta Mesa, que seja enviado ao Prefeito David Moreira o seguinte serviço: INSTALAR PLACAS DE IDENTIFICAÇÃO nos Eixões  e nos Poços Artesianos do Assentamento da Fazenda Brunet, Alvorada PA II, localizado na zona rural deste município.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/798/pdf_scanner_100425_1.06.54.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/798/pdf_scanner_100425_1.06.54.pdf</t>
   </si>
   <si>
     <t>Indicação à Douta Mesa, que seja enviado ao Prefeito David Moreira, o seguinte: SERVIÇO DE DRENAGEM, com instalação de manilhas nas localidades próximas do "Ducha" e do "Zé Viúvo" - Alvoradinha.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/840/ind._25.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/840/ind._25.pdf</t>
   </si>
   <si>
     <t>Indicação à Douta Mesa, que seja enviado ao Prefeito David Moreira, solicitando junto a secretaria de Obras e Serviços o seguinte: Troca do Telhado da UBS (Unidade Básica de Saúde) Júlia Pereira de Carvalho, localizada na Rua Dumar Prado com Rua José Antônio de Sevilha, no Setor Novo Ipiranga.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/843/camscanner_08-05-2025_10.08.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/843/camscanner_08-05-2025_10.08.pdf</t>
   </si>
   <si>
     <t>Indicação à Douta Mesa, que seja enviado ao Prefeito David Moreira, solicitando junto à secretaria de Obras e Serviços, o seguinte: PATROLAMENTO DE ESTRADA - Fazenda Conceição, situada na zona rural deste município. A referida estrada vicinal, se encontra em situação precária, necessitando urgentemente de revitalização, para garantir a melhor trafegabilidade e o acesso de veículos.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/845/camscanner_26-05-2025_13.08.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/845/camscanner_26-05-2025_13.08.pdf</t>
   </si>
   <si>
     <t>Indicação á Douta Mesa, que seja enviado expediente, depois de discutido e aprovado em plenário, na forma deste, ao Senhor prefeito David Moreira, solicitando junto a Secretaria de Obras e Serviços da Prefeitura Municipal o seguinte serviço: REIVINDICAM O REPARO IMEDIATO DOS REFLETORES DO CAMPO GRAMADO "O ROSENÃO".</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/850/ind._028.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/850/ind._028.pdf</t>
   </si>
   <si>
     <t>Indicação à Douta Mesa, que seja enviado ao Sr. Prefeito David Moreira, solicitando junto à secretaria de Obras e Serviços o seguinte serviço: Restauração e ampliação do estacionamento e Correção da pavimentação asfáltica realizada recentemente, que se encontra com imperfeições. Na Rua Senador Ramos Caiado, no trecho que se estende da Agência dos Correios até o Ginásio de Esportes Claudemir Alexandrino dos Santos.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/851/ind._029.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/851/ind._029.pdf</t>
   </si>
   <si>
     <t>Indicação à Douta Mesa, que seja enviado ao Prefeito e a secretaria de Obras e serviços o seguinte serviço: Reforma geral e ampliação do Terminal Rodoviário desta cidade.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/852/ind._030.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/852/ind._030.pdf</t>
   </si>
   <si>
     <t>Indicação à Douta Mesa, que seja enviado ao Prefeito e a secretaria de Obras e Serviços o seguinte serviço: Recapeamento asfáltico na Rua Presidente Vargas, bairro Ipiranga, deste município, localizada abaixo da Rua Merechal Rondon.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>TONHO MECÂNICO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/858/ind._031.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/858/ind._031.pdf</t>
   </si>
   <si>
     <t>Construção de uma PONTE sobre o Rio Santa Maria (localizado no Val do Bonito - Fazenda Bonito), Zona rural do Município de Alvorada do Norte - GO.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/865/ind._0322_2.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/865/ind._0322_2.pdf</t>
   </si>
   <si>
     <t>REPARO NA PASSAGEM DO CÓRREGO DO LONTRA, localizado na zona rural deste município.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/884/ind._033.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/884/ind._033.pdf</t>
   </si>
   <si>
     <t>Indica a Instalação de CÂMERAS de SEGURANÇA e VIGILÂNCIA, para o monitoramento em pontos estratégicos, no Cemitério Municipal Arminda Francisca de Jesus, desta cidade, localizada no bairro Centro (Alvoradinha).</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/885/ind._034.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/885/ind._034.pdf</t>
   </si>
   <si>
     <t>Nos termos da Lei das Águas (Lei n° 9.433/97), sobre o uso da água subterrânea, INDICA, a PERFURAÇÃO de um POÇO ARTESIANO, com as instalações hidráulicas necessárias para o seu funcionamento, na Fazenda Matos, deste município, a fim de atender a comunidade rural daquela localidade, que não possuem o referido benefício.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/905/ind._035.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/905/ind._035.pdf</t>
   </si>
   <si>
     <t>Substituição da Caixa d'Água atual, por uma de 10.000 (dez mil) litros e modificar a Rede de Água (encanação), do Colégio Raimundo Mendes, localizado na Fazenda Conceição, deste município.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/924/ind_036.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/924/ind_036.pdf</t>
   </si>
   <si>
     <t>Construção de uma PARADA DE ÔNIBUS em frente ao Colégio Estadual Antônio Claret Cardoso.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/925/ind_37.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/925/ind_37.pdf</t>
   </si>
   <si>
     <t>Iluminação da Quadra coberta do Colégio Raimundo Mendes, localizado na Fazenda Conceição, deste município.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/926/ind_38.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/926/ind_38.pdf</t>
   </si>
   <si>
     <t>INDICA, a PERFURAÇÃO de um POÇO ARTESIANO, com as instalações hidráulicas necessárias para o seu funcionamento, no Campo Gramado “O ROSENÃO”, neste município.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/938/ind_039.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/938/ind_039.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR, junto ao setor competente, a aquisição de uma REDE DE PROTEÇÃO ESPORTIVA, para ser instalada na Quadra do Colégio Raimundo Mendes, localizada na Fazenda Conceição.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/395/req.001-2025.junimar.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/395/req.001-2025.junimar.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal que viabilize estudos para elaboração de um Projeto de Lei, a ser enviado a esta Casa, dispondo sobre o PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS TRABALHADORES ADMINISTRATIVOS DA EDUCAÇÃO do município de Alvorada do Norte.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/396/rq-002.2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/396/rq-002.2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal que viabilize estudos para elaboração de um Projeto de Lei, a ser enviado a esta Casa, dispondo sobre o PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES DA ÁREA DA SAÚDE do município de Alvorada do Norte.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/397/rq-003.2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/397/rq-003.2025.pdf</t>
   </si>
   <si>
     <t>Regulamentação da Lei Municipal nº. 413/2015, que ''Institui o casamento comunitário no município de Alvorada do Norte e dá outras providências'' oriunda do Projeto de Lei nº. 002/2015 de sua autoria.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/398/rq-004.2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/398/rq-004.2025.pdf</t>
   </si>
   <si>
     <t>Regulamentação da Lei Municipal nº. 402, de 15 de abril de 2014, que ''Dispõe sobre a instituição da Olimpíada Esportiva Pública Municipal de Alvorada do Norte e da outras providências'' originária do Projeto de Lei nº. 003/2014 de minha autoria.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/401/rq_005-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/401/rq_005-2025.pdf</t>
   </si>
   <si>
     <t>Viabilizar a possibilidade de CONSTRUÇÃO de uma SALA VELATÓRIA no Bairro Centro (Alvoradinha) em local a ser definido pelo Poder Executivo.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/402/rq-006.2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/402/rq-006.2025.pdf</t>
   </si>
   <si>
     <t>A viabilização de esforços do Poder Público, junto às Secretarias Municipais de Educação , Saúde e Assistência Social no sentido de contatar responsáveis pela APAE (Associação dos Pais e Amigos dos Excepcionais).</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/403/req.007-2025.geazi_.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/403/req.007-2025.geazi_.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo que viabilize a transformação da avenida Bernardo Sayão, em via de mão dupla.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/406/req.008-2025.damiao_.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/406/req.008-2025.damiao_.pdf</t>
   </si>
   <si>
     <t>Requer, ao Executivo Municipal, junto ao setor de fiscalização de obras e serviços dessa prefeitura, o levantamento e acionamento dos proprietários de lotes e terrenos desta cidade para a necessidade de roçagem e limpeza, com a aplicação de multa pelo descumprimento da notificação.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/407/req.009-2025.geazi.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/407/req.009-2025.geazi.pdf</t>
   </si>
   <si>
     <t>"Requeiro a possibilidade de se firmar parceria com o sindicato dos Trabalhadores Rurais da Agricultura Familiar do município de Alvorada do Norte-GO e outras providências".</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/411/rq-010.2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/411/rq-010.2025.pdf</t>
   </si>
   <si>
     <t>"O estudo de viabilidade para a criação e implementação da Secretaria Municipal de Esporte e Lazer no município de Alvorada do Norte, com objetivo de fomentar políticas públicas voltadas para o incentivo ao esporte e ao lazer, provendo qualidade de vida e inclusão social".</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/</t>
   </si>
   <si>
     <t>"Reivindicando ao Prefeito Municipal o Levantamento topográfico dos terrenos que se encontram sem escrituração, no bairro cento em Alvoradinha e Elaboração do Projeto Regularização dos Terrenos e Certidão de Regularização Fundiária, emitida pelo município , para fins de aprovação junto ao Cartório de Registro de Imóveis".</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>Requer o envio de expediente ao Prefeito David Moreira a disponibilizar mais 01 (um) agente de saúde para atender as famílias do assentamento PA II, deste município.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/434/rq-013.2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/434/rq-013.2025.pdf</t>
   </si>
   <si>
     <t>Reivindicação de Recursos Estaduais para fins específicos de realização de AMPLA REFORMA NA EMATER- Unidade local de Alvorada do Norte/GO.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>DIVINO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/554/pdf_scanner_280325_2.01.06_2.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/554/pdf_scanner_280325_2.01.06_2.pdf</t>
   </si>
   <si>
     <t>Requerer ao Senhor Prefeito David Moreira junto ao Deputado Estadual Alessandro Moreira e DNIT, a possibilidade do seguinte pleito: Reivindicar junto aos órgãos competentes em especial ao DNIT, a construção de uma CICLOVIA na BR-020, com sinalização, no percurso que liga o Ipiranga ao Trevo de Alvoradinha, nesta cidade.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/794/req._015.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/794/req._015.pdf</t>
   </si>
   <si>
     <t>Vimos REQUERER, ao Executivo Municipal, junto à Equatorial Energia, a substituição imediata do poste de madeira pelo poste de cimento, por efeito de segurança e proteção dos moradores contra possíveis acidentes e outras adversidades.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_016.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_016.pdf</t>
   </si>
   <si>
     <t>Viabilizar a INSTALAÇÃO de um BEBEDOURO na Sala Velatória do Cemitério Municipal.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/877/req._17.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/877/req._17.pdf</t>
   </si>
   <si>
     <t>Viabilizar a INSTALAÇÃO de TELÃO na parte externa do Ginásio de Esportes, durante os campeonatos esportivos.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/883/req._018.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/883/req._018.pdf</t>
   </si>
   <si>
     <t>Considerando o disposto Código de Posturas do Município: Art. 105 e Art. 106. Requerer que seja recolhido os animais que se encontram soltos nos bairros da cidade, com o manejo adequado para garantir a integridade física dos mesmos, tendo em vista o perigo ao tráfego nas vias públicas e dos graves acidentes que poderão causar.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/887/req_019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/887/req_019.pdf</t>
   </si>
   <si>
     <t>DESTINAR, através de emenda parlamentar ou outra forma de apoio, uma FÁBRICA DE FARINHA, para ser instalada no município de Alvorada do Norte (GO).</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/906/req._020.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/906/req._020.pdf</t>
   </si>
   <si>
     <t>DESTINAR, através de emenda parlamentar ou outra forma de apoio, uma COZINHA INDUSTRIAL, para ser instalada na Associação PA Rio Corrente, localizada no município de Alvorada do Norte (GO).</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/909/req._021.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/909/req._021.pdf</t>
   </si>
   <si>
     <t>DESTINAR, através de emenda parlamentar ou outra forma de apoio, duas COZINHAS INDUSTRIAIS, para serem instaladas nos Assentamentos PA I e Assentamento PA II, localizados na Fazenda Brunet, no município de Alvorada do Norte-GO.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/911/req._222.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/911/req._222.pdf</t>
   </si>
   <si>
     <t>A viabilidade e posterior CONTRATAÇÃO de empresa especializada para terceirização dos serviços de limpeza urbana._x000D_
 A realização de uma CAMPANHA EDUCATIVA E DE CONSCIENTIZAÇÃO AMBIENTAL, com foco na população urbana e escolar, sobre o descarte correto de lixo.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/928/req._023.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/928/req._023.pdf</t>
   </si>
   <si>
     <t>REQUER, que seja enviada a esta Casa de Leis uma RELAÇÃO contendo os nomes e respectivos endereços de TODOS os prédios e espaços públicos do município, tais como: Escolas, quadras poliesportivas, estádios, praças, áreas de lazer, entre outros, localizados na zona urbana e rural.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/878/pj_dec_legislativo_001.2025.honra_ao_merito_amos.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/878/pj_dec_legislativo_001.2025.honra_ao_merito_amos.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a outorga da Medalha de Honra ao Mérito: PODER LEGISLATIVO ALVORADENSE do município de Alvorada do Norte, ao senhor Amós de Sousa Avelar, e dá outras providências."</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_decreto_legislativo._roberto_santos_.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_decreto_legislativo._roberto_santos_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a outorga da Medalha de Honra ao Mérito: PODER LEGISLATIVO ALVORADENSE do município de Alvorada do Norte, ao senhor Pastor Roberto da Silva Santos, e dá outras providências."</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/860/proj._emenda_001.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/860/proj._emenda_001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações no regime próprio de previdência social do Município de Alvorada do Norte, nos termos da Emenda Constitucional n° 103, de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/417/emenda_modificativa_no_001.25.damiao.pl_002.25_do_executivo.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/417/emenda_modificativa_no_001.25.damiao.pl_002.25_do_executivo.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 001/2025, que modifica o parágrafo único do artigo 1º do PL nº 002/2025, do Chefe do Executivo que "Dispõe sobre alterações no plano de custeio do Regime Próprio de Previdência Social do Município de Alvorada do Norte-GO e dá outras providências."</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>PARCJ</t>
   </si>
   <si>
     <t>PARECER CJL</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, CJL - COMISSÃO DE JUSTIÇA E LEGISLAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/415/cjl.cfo.parecer.001.2025.pl_002.aliquota_patronal_14.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/415/cjl.cfo.parecer.001.2025.pl_002.aliquota_patronal_14.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 001/2025, datado de 10/02/2025, de autoria do Chefe do Executivo que "Dispõe sobre alterações no plano de custeio do Regime Próprio de Previdência Social do Município de Alvorada do Norte-GO, e dá outras providências.”</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>CJL - COMISSÃO DE JUSTIÇA E LEGISLAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/418/cjl.parecer.002.2025.emenda_modificativa.damiao.pl_002.aliquota_patronal_14.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/418/cjl.parecer.002.2025.emenda_modificativa.damiao.pl_002.aliquota_patronal_14.pdf</t>
   </si>
   <si>
     <t>Opina favorável à tramitação da Emenda Modificativa nº 001/2025, de autoria do Vereador Damião.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/432/cjl.parecer.003.2025.pl_no_001.25.executivo.cessao_e_permuta_de_servidores.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/432/cjl.parecer.003.2025.pl_no_001.25.executivo.cessao_e_permuta_de_servidores.pdf</t>
   </si>
   <si>
     <t>Opina favorável pela Tramitação do Projeto de Lei nº 001/2025, do Chefe do Executivo que "AUTORIZA O PODER EXECUTIVO A CEDER E A PERMUTAR SERVIDORES PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/433/cjl.cfo.parecer.004.2025.pl_no_003.25.executivo.jeton.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/433/cjl.cfo.parecer.004.2025.pl_no_003.25.executivo.jeton.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 003/2025, de autoria do Chefe do Executivo que “Dispõe sobre alterações na legislação do Regime Próprio de Previdência Social do Município de Alvorada do Norte-GO e dá ouras providências”.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/435/cjl.cfo.parecer.005.2025.pl_no_004.25.revisao_salarial.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/435/cjl.cfo.parecer.005.2025.pl_no_004.25.revisao_salarial.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 004/2025, do Chefe do Executivo Municipal que "Concede revidão geral anual dos vencimentos aos servidores públicos e sobre os subsídios dos agentes polítiocs dos poederes Executivo e Legislativo Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/436/cjl.cfo.parecer.006.2025.pl_no_001.25.md.auxilio.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/436/cjl.cfo.parecer.006.2025.pl_no_001.25.md.auxilio.pdf</t>
   </si>
   <si>
     <t>Opina pela aprovação do Projeto de Lei nº 001/2025, da Mesa Diretora que “Dispõe sobre a concessão de auxílio-alimentação aos vereadores, aos servidores públicos efetivos e comissionados do Poder Legislativo do Município de Alvorada do Norte-GO, e dá outras providências.”</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL à APROVAÇÃO do Projeto de Lei Complementar nº 001/2025, de autoria do Chefe do Executivo que “Concede revisão dos vencimentos aos servidores públicos efetivos do Magistério do Município de Alvorada do Norte – GO e dá outras providências."</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela APROVAÇÃO do Projeto de Lei nº008/2025, de autoria do Vereador Damião que "Declara como de utilidade pública municipal a Associação dos Trabalhadores Rurais na Agricultura Familiar do Projeto de Assentamento Rio Corrente ASTRAFRC, e dá providências."</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>CJL - COMISSÃO DE JUSTIÇA E LEGISLAÇÃO, CSP - COMISSÃO DE SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/800/cjl.csp.parecer.009.25.pl_006.25.executivo.mao_dupla_bernardo_sayao.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/800/cjl.csp.parecer.009.25.pl_006.25.executivo.mao_dupla_bernardo_sayao.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 006/2025, de autoria do Chefe do Executivo que “AUTORIZA O CHEFE DO EXECUTIVO A ALTERAR O SENTIDO DA VIA, PASSANDO SER VIA DE MÃO DUPLA A AVENIDA BERNARDO SAYÃO NO BAIRRO CENTRAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/801/cjl.cfo.parecer.010.25.pl_007.25.executivo.casa_pequeno_edson.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/801/cjl.cfo.parecer.010.25.pl_007.25.executivo.casa_pequeno_edson.pdf</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo n° 079/2025 – SAPL -PROJETO DE LEI (ORDINÁRIA) Nº 007/2025, datado de 21/03/2025, de autoria do Chefe do Poder Executivo Municipal, que “FICA AUTORIZADO A REALIZAÇÃO DE TERMO DE CONVÊNIO QUE ENTRE SI CELEBRAM, O MUNICÍPIO DE ALVORADA DO NORTE-GO E A ASSOCIAÇÃO CASA DA CRIANÇA PEQUENO EDSON DE POSSE-GO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/802/cjl.parecer.011.25.pl_008.25.executivo.decreto_diaria.doc</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/802/cjl.parecer.011.25.pl_008.25.executivo.decreto_diaria.doc</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo n° 088 /2025 – SAPL - PROJETO DE LEI Nº 008/2025, datado de 01/04/25, de autoria do Chefe do Poder_x000D_
 Executivo Municipal, que “Altera a redação do Parágrafo Único do art. 6º da Lei 507 de 17/12/2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS, CJL - COMISSÃO DE JUSTIÇA E LEGISLAÇÃO, CSP - COMISSÃO DE SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/803/cjl.cfo.csp.parecer.012.25.pl_009.25.executivo.estagio.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/803/cjl.cfo.csp.parecer.012.25.pl_009.25.executivo.estagio.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do PROJETO DE LEI (ORDINÁRIA) Nº 009/2025, datado de 01/04/2025, de autoria do Chefe do Poder Executivo Municipal, que: “Autoriza celebração de contrato para implantação de Programa de Estágio no Município de Alvorada do Norte e dá outras providências”.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/804/cjl.cfo.csp.parecer.013.25.pl_010.25.executivo.premiacao.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/804/cjl.cfo.csp.parecer.013.25.pl_010.25.executivo.premiacao.pdf</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo n° 092/2025 – SAPL- PROJETO DE LEI (ORDINÁRIA) Nº 010/2025, datado de 01/04/2025, de autoria do_x000D_
 Chefe do Poder Executivo Municipal, que: “Autoriza o Poder Executivo conceder premiações a participantes de eventos esportivos e culturais e dá outras providências”.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/805/cjl.cfo.csp.parecer.014.25.pl_011.25.executivo.doacao_de_terreno.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/805/cjl.cfo.csp.parecer.014.25.pl_011.25.executivo.doacao_de_terreno.pdf</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo n° 094/2025 – SAPL- PROJETO DE LEI (ORDINÁRIA) Nº 011/2025, datado de 02/04/2025, de autoria do_x000D_
 Chefe do Poder Executivo Municipal, que: “Autoriza a doação de terreno urbano depropriedade do Município de Alvorada do Norte ao Estado de Goiás para fins específicos, e dáoutras providências”.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo n° 093/2025 – SAPL- PROJETO DE LEI (ORDINÁRIA) Nº 012/2025, datado de 02/04/2025, de autoria do_x000D_
 Chefe do Poder Executivo Municipal, que: "Autoriza o Poder Executivo Municipal a doar áreas de terras de sua propriedade às famílias do município e dá outras providências."</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/807/cjl.cfo.parecer.016.25.plc_002.25.executivo.atualiza_vencimentos.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/807/cjl.cfo.parecer.016.25.plc_002.25.executivo.atualiza_vencimentos.pdf</t>
   </si>
   <si>
     <t>Opinando FAVORÁVEL pela aprovação do Processo n° 089/2025 – SAPL -Projeto de Lei Complementar nº 002/2025, datado de 01/04/2025, de autoria do Chefe do Poder Executivo Municipal, que: "Dispõe sobre atualização de vencimentos-base dos cargos de que se especificam, altera tabela do Anexo-I, da Lei Complementar Municipal n°. 21/2024, de 31/01/2024 e dá outras providências", e respectiva emenda aditiva nº 001/2025, que alterou a redação do artigo 1º do PLC 002/2025, em acolhimento ao Ofício 075/2025 que foi recepcionado pela CJL.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 013/2025, de autoria do Chefe do Executivo que "Dispõe sobre denominação do Centro de Reabilitação do município de Alvorada do Norte-GO e dá providências."</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/842/cjl.parecer.018.2025.pl_no_003.25.junimar.quebra_catraca.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/842/cjl.parecer.018.2025.pl_no_003.25.junimar.quebra_catraca.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 003/2025, de autoria dos Vereadores Júnior Legal/PSDB eDivino Pereira de Jesus/UNIÃO, que "DISPÕE de_x000D_
 UTILIDADE PÚBLICA, o CLUBE DE CICLISMO "Quebra-Catraca", em Alvorada do Norte, Estado de Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/844/cjl.cfo.parecer.019.2025.pl_no_004.25.mesa_diretora.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/844/cjl.cfo.parecer.019.2025.pl_no_004.25.mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo n° 130/2025 – SAPL -_x000D_
 PROJETO DE LEI ORDINÁRIA Nº 004/2025, datado de 30/04/2025, de autoria da_x000D_
 Mesa Diretora da Câmara Municipal, que "Altera o anexo III da Lei N° 518/2022,_x000D_
 que trata da progressão horizontal, referências e níveis do Plano de Cargos e_x000D_
 Salários instituídos pela Lei N° 416/2025, concedendo reajuste no salário base, e_x000D_
 dá outras providências."</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/849/cjl.parecer.020.25.pl_016.25.executivo.rpps.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/849/cjl.parecer.020.25.pl_016.25.executivo.rpps.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 016/2025, de autoria do Chefe do Executivo que "Revoga dispositivo da Lei Complementar n° 007/2009, de 23 de dezembro de 2009, que Dispõe sobre o Estatuto e Plano de Cargos, Carreira e Remuneração do Magistério Público Municipal, e dá providências."</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo N° 169 /2025 – SAPL - PROJETO DE LEI COMPLEMENTAR Nº 003/2025, datado de 23/07/25, de autoria do Chefe do Poder Executivo Municipal, que "Dispõe sobre alterações na legislação do Regime Próprio de Previdência de Alvorada do Norte e dá outras providências."</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo N° 170 /2025 – SAPL – PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL Nº 001/2025, datado de 23/07/2025, de autoria do Chefe do Poder Executivo Municipal, que “Dispõe sobre alterações no regime próprio de previdência social do Município de Alvorada do Norte, nos termos da Emenda Constitucional n° 103, de 2019, e dá outras providências.”</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/871/cjl.parecer.023.25.pl005.25.junimar.placas.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/871/cjl.parecer.023.25.pl005.25.junimar.placas.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do PROJETO DE LEI Nº 005/2025, datado de 25/06/2025, de autoria do vereador Júnior Legal/PSDB, que "Dispõe sobre preservação das placas inaugurais originais em bens públicos do Município de Alvorada do Norte-GO, e dá outras providências."</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/872/cjl.parecer.024.25.pls_6.7.8.9.25.junimar.placas.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/872/cjl.parecer.024.25.pls_6.7.8.9.25.junimar.placas.pdf</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação de matérias de autoria do vereador Júnior Legal/PSDB: PROJETO DE LEI Nº 006/2025, datado de 26/06/2025, de autoria do vereador Júnior Legal/PSDB, que "Obriga a execução dos eventos previstos na Lei Municipal N°413/2015, no Calendário Oficial de Eventos do Município de Alvorada do Norte-GO, e dá outras providências."; PROJETO DE LEI Nº 007/2025, datado de 26/06/2025, , que "Obriga a execução dos eventos previsto na Lei Municipal N°592/2025, no Calendário oficial de Eventos do Município de Alvorada do Norte-GO, e dá outras providências."; PROJETO DE LEI Nº 008/2025, que "Obriga a execução dos eventos previstos na Lei Municipal N°130/2003, no Calendário Oficial de Eventos no Município de Alvorada do Norte-GO, e dá outras providências." PROJETO DE LEI Nº 009/2025, que "Obriga a execução dos eventos previstos na Lei Municipal N°402/2025 e dá outras providências."</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/873/cjl.parecer.025.25.pl_10.junimar.pastor.homenagem.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/873/cjl.parecer.025.25.pl_10.junimar.pastor.homenagem.pdf</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo nº 174/2025 – SAPL – PROJETO DE LEI Nº 010/2025, datado de 14/07/2025, de autoria do vereador Júnior Legal/PSDB, que "Concede Título de Cidadão Alvoradense ao Ilustríssimo Senhor Pastor Benilton Custódio da Silva Filho, e dá outras providências".</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/874/cjl.parecer.026.25.pl_17.executivo.comtur.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/874/cjl.parecer.026.25.pl_17.executivo.comtur.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Processo n° 175/2025 – SAPL – PROJETO DE LEI Nº 017/2025, datado de 31/07/2025, de autoria do Chefe do Poder Executivo Municipal, que "CRIA O CONSELHO MUNICIPAL DE TURISMO - COMTUR E O FUNDO MUNICIPAL DE TURISMO - FUMTUR DO MUNICÍPIO DE ALVORADA DO NORTE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/891/cjl.parecer.027.25.pl_11.divino.tenente_paulo_da_mata.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/891/cjl.parecer.027.25.pl_11.divino.tenente_paulo_da_mata.pdf</t>
   </si>
   <si>
     <t>Opina favorável pela APROVAÇÃO do Projeto de Lei nº 011/25, de autoria do Vereador Divino Pereira de Jesus, que “Concede Título de Cidadão Alvoradense ao Ilustríssimo 1º Tenente PM, Senhor Paulo da Mata Santana, Comandante da 2ª Companhia de Destacamento da Polícia Militar, e dá outras providências”.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/892/cjl.parecer.028.25.pl_12.junimar.titulo_pr_claudio.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/892/cjl.parecer.028.25.pl_12.junimar.titulo_pr_claudio.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 012/25, de autoria do Vereador Junimar Normandes dos Santos, que “Concede Título de Cidadão Alvoradense ao Ilustríssimo Senhor Pastor CLÁUDIO ARAÚJO, e dá outras providências”</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/893/cjl.parecer.029.25.pl_13.junimar.titulo_pr_matheus.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/893/cjl.parecer.029.25.pl_13.junimar.titulo_pr_matheus.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 013/25, de autoria do Vereador Junimar Normandes dos Santos.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/894/cjl.parecer.030.25.pl_14.junimar.titulo_pr_gilberto.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/894/cjl.parecer.030.25.pl_14.junimar.titulo_pr_gilberto.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 014/25, de autoria do Vereador Junimar Normandes dos Santos, que “Concede Título de Cidadão Alvoradense ao Ilustríssimo Senhor Pastor GILBERTO SALES RODRIGUES, e dá outras providências”</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/895/cjl.parecer.031.25.pdl_001.junimar.medalha_amos.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/895/cjl.parecer.031.25.pdl_001.junimar.medalha_amos.pdf</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela aprovação do Processo nº 190/2025 – SAPL – Projeto de Decreto Legislativo nº 001/2025, datado de 15/08/2025, de autoria do vereador Júnior Legal/PSDB, que "Dispõe sobre a outorga da Medalha de Honra ao Mérito: Poder Legislativo Alvoradense do município de Alvorada do Norte, ao senhor Amós de Sousa Avelar e dá outras providências”.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/896/cjl.parecer.032.25.pdl_001.junimar.medalha_pr_roberto.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/896/cjl.parecer.032.25.pdl_001.junimar.medalha_pr_roberto.pdf</t>
   </si>
   <si>
     <t>Opina favorável pela aprovação do Projeto de Decreto Legislativo nº 002/2025, datado de 15/08/2025, de autoria do vereador Júnior Legal/PSDB, que "Dispõe sobre a outorga da Medalha de Honra ao Mérito: Poder Legislativo Alvoradense do município de Alvorada do Norte, ao senhor Pastor Roberto da Silva Santos, e dá outras providências”</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 020/2025, de autoria do Chefe do Poder Executivo Municipal, que "Revoga a Lei Municipal n° 291/2008, de 25 de abril de 2008, que dispõe sobre a doação de lotes de terrenos e dá outras providências."</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>Opina pela aprovação do Projeto de Lei Ordinária nº 021/2025, de autoria do Chefe do Executivo que "Institui plano de amortização para equacionamento do déficit atuarial do Regime Próprio de Previdência Social - RPPS, com contribuições suplementares devidas pelo Município, na forma de alíquotas."</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 022/2025, datado de 18/09/2025, que "RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL A VIA DE ACESSO AO MUNICÍPIO DE SITIO D'ABADIA, DESTINO CAIÇARA, INTITULADA "ESTRADA VICINAL M-10, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 023/2025, datado de 18/09/2025, que "RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL A VIA DE ACESSO AO MUNICÍPIO DE SITIO D'ABADIA, INTITULADA "ESTRADA VICINAL M-09 - COOPERTINGA, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/915/cjl.cfo.parecer.037.25.pl_24.exec.saneago_parcelamento.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/915/cjl.cfo.parecer.037.25.pl_24.exec.saneago_parcelamento.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 024/2025, datado de 19/09/2025, “Autoriza o Poder Executivo a parcelar débitos do Município junto a Concessionária SANEAGO S/A, e dá outras providências."</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/916/cjl.parecer.038.25.pl_15.kleber.titulo_alcides.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/916/cjl.parecer.038.25.pl_15.kleber.titulo_alcides.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 015/2025, datado de 29/09/2025, que "Concede o Título Honorífico de Cidadão Alvoradense ao Ilustríssimo senhor, professor ALCIDES RIBEIRO FILHO, deputado federal por Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/917/cjl.parecer.039.25.pl_16.kleber.titulo_wilder.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/917/cjl.parecer.039.25.pl_16.kleber.titulo_wilder.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 016/2025, de autoria do Vereador Kleber Sebinho, datado de 29/09/2025, que "Concede o Título Honorífico de Cidadão Alvoradense ao Excelentíssimo Senhor WILDER PEDRO DE MORAIS, Senador da República por Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/918/cjl.parecer.040.25.pl_17.kleber.titulo_patricia.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/918/cjl.parecer.040.25.pl_17.kleber.titulo_patricia.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 017/2025, datado de 29/09/2025, que "Concede o Título Honorífico de Cidadã Alvoradense, à Ilustre Senhora Dra. PATRÍCIA MATEUS RODRIGUES, Advogada e Escrivã de Polícia Civil do Estado de Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/919/cjl.parecer.041.25.pl_18.kleber.titulo_caio_vitor.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/919/cjl.parecer.041.25.pl_18.kleber.titulo_caio_vitor.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 018/2025, datado de 29/09/2025, que "Concede o Título Honorífico de Cidadão Alvoradense ao Ilustre Senhor CAIO VITOR SILVÉRIO SANTANA, Agente de Polícia da Polícia Civil do Estado de Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/920/cjl.parecer.042.25.pl_19.kleber.titulo_vanderlan_senador.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/920/cjl.parecer.042.25.pl_19.kleber.titulo_vanderlan_senador.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 019/2025, datado de 03/10/2025, que "Concede o Título Honorífico de Cidadão Alvoradense ao Excelentíssimo Senhor VANDERLAN CARDOSO, Senhor da República por Goiás, e dá outras providências".</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/922/cjl.parecer.043.25.pl_20.rene.utilidade_publica.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/922/cjl.parecer.043.25.pl_20.rene.utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Opina pela aprovação do Projeto de Lei nº 020/2025, datado de 06/10/2025, que “Declara como de utilidade pública municipal a Associação dos Agricultores Familiares no Projeto de Assentamento Alvorada II, e dá outras providências."</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/921/cjl.parecer.044.25.pl_21.kleber.titulo_jose_mario.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/921/cjl.parecer.044.25.pl_21.kleber.titulo_jose_mario.pdf</t>
   </si>
   <si>
     <t>Opina pela aprovação do Projeto de Lei nº 021/2025, datado de 06/10/2025, que "Concede o Título Honorífico de Cidadão Alvoradense ao Ilustre senhor JOSÉ MÁRIO SCHREINER, Presidente da FAEG e dos Conselhos do SENAR e SEBRAE-GO, e dá outras providências".</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/923/cjl.parecer.045.25.pl_26.exec.parcelamento_rpps.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/923/cjl.parecer.045.25.pl_26.exec.parcelamento_rpps.pdf</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei nº 026/2025, datado de 06/10/2025, que "Dispõe sobre parcelamento no Regime Próprio de Previdência Social do Município de Alvorada do Norte, e dá outras providências."</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL, ao Projeto de Lei Nº 025/2025, de autoria do Chefe do Poder Executivo, que "Dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do art. 37, inciso IX da Constituição Federal e dá outras providências."</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL, ao PROJETO DE LEI Nº 027/2025, de autoria do Chefe do Poder Executivo, que "Dispõe sobre autorização para abertura de Crédito Especial na Lei Orçamentária vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>935</t>
   </si>
@@ -1562,303 +1562,303 @@
   <si>
     <t>Opina FAVORÁVEL, ao PROJETO DE LEI Nº 022/2025, de autoria do vereador Júlio da Laranja, que “Declara como de utilidade pública municipal a Associação dos produtores rurais da Comunidade Cachoeira do Campo do Município de Alvorada do Norte-GO (APRUCCCANG), e dá outras providências.”</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Opina pela APROVAÇÃO do Projeto de Lei Complementar nº 004/2025, de autoria do Chefe do Executivo, que "Acrescenta à Lei Complementar Municipal nº 021/2024 as seguintes descrições ao Cargo de Fiscal de Tributos, e dá outras providências."</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA-AUTORIA PARLAMENTAR</t>
   </si>
   <si>
     <t>ANTÔNIO MARCOS DA SILVA, DIVINO PEREIRA DE JESUS, JÚNIMAR NORMANDES DOS SANTOS, RENÊ TAVARES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/419/pl_no_001-2025.mesa_diretora.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/419/pl_no_001-2025.mesa_diretora.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de auxílio-alimentação aos vereadores, aos servidores públicos efetivos e comissionados do Poder Legislativo do Município de Alvorada do Norte-GO, e dá outras providências."</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/437/pdf_scanner_130325_2.36.27.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/437/pdf_scanner_130325_2.36.27.pdf</t>
   </si>
   <si>
     <t>"Declara como de utilidade pública municipal a Associação dos Trabalhadores Rurais na Agricultura Familiar do Projeto de Assentamento Rio Corrente ASTRAFRC, e dá providências."</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>DIVINO, JÚNIOR LEGAL</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/839/camscanner_30-04-2025_15.18.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/839/camscanner_30-04-2025_15.18.pdf</t>
   </si>
   <si>
     <t>"DISPÕE de UTILIDADE PÚBLICA, o CLUBE DE CICLISMO "Quebra-Catraca", em Alvorada do Norte, Estado de Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/841/camscanner_05-05-2025_16.52.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/841/camscanner_05-05-2025_16.52.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo III da Lei N° 518/2022, que trata da progressão horizontal, referências e níveis do Plano de Cargos e Salários instituídos pela Lei N° 416/2025, concedendo reajuste no salário base, e dá outras providências."</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/853/pl_005.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/853/pl_005.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre preservação das placas inaugurais originais em bens públicos do Município de Alvorada do Norte-GO, e dá outras providências."</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/854/pl_006.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/854/pl_006.pdf</t>
   </si>
   <si>
     <t>"Obriga a execução dos eventos previstos na Lei Municipal N°413/2015, no Calendário Oficial de Eventos do Município de Alvorada do Norte-GO, e dá outras providências."</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/855/pl_007.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/855/pl_007.pdf</t>
   </si>
   <si>
     <t>"Obriga a execução dos eventos previsto na Lei Municipal N°592/2025, no Calendário oficial de Eventos do Município de Alvorada do Norte-GO, e dá outras providências."</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/856/pl_008.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/856/pl_008.pdf</t>
   </si>
   <si>
     <t>"Obriga a execução dos eventos previstos na Lei Municipal N°180/2003, no Calendário Oficial de Eventos no Município de Alvorada do Norte-GO, e dá outras providências."</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/857/pl_009.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/857/pl_009.pdf</t>
   </si>
   <si>
     <t>"Obriga a execução dos eventos previstos na Lei Municipal N°402/2014, no Calendário Oficial de Eventos no Município de Alvorada do Norte-GO, e dá outras providências."</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/863/proj._de_lei_010.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/863/proj._de_lei_010.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Alvoradense ao Ilustríssimo Senhor Pastor Benilton Custódio da Silva Filho, e dá outras providências".</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_011_1.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_011_1.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Alvoradense ao Ilustríssimo 1° Tenente PM, Senhor Paulo da Mata Santana, Comandante da 2ª Companhia de destacamento da Polícia Militar, e dá outras providências."</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/875/pl__012.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/875/pl__012.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Alvoradense ao Ilustríssimo Senhor Pastor Cláudio Araújo, e dá outras providências."</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/876/pl.013_1.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/876/pl.013_1.pdf</t>
   </si>
   <si>
     <t>"Concede o Título de cidadão Alvoradense ao Ilustríssimo Senhor Pastor Matheus Guimarães Guerra Gama, e dá outras providências."</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/880/proj._de_lei._014.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/880/proj._de_lei._014.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Alvoradense ao Ilustríssimo Senhor Pastor GILBERTO SALLES RODRIGUES, e dá outras providências".</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>KLEBER SEBINHO</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/898/pl_015_1.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/898/pl_015_1.pdf</t>
   </si>
   <si>
     <t>"Concede o Título Honorífico de Cidadão Alvoradense ao Ilustríssimo senhor, professor ALCIDES RIBEIRO FILHO, deputado federal por Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/899/pl_016_1.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/899/pl_016_1.pdf</t>
   </si>
   <si>
     <t>"Concede o Título Honorífico de Cidadão Alvoradense ao Excelentíssimo Senhor WILDER PEDRO DE MORAIS, Senador da República por Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/900/pl_017_1.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/900/pl_017_1.pdf</t>
   </si>
   <si>
     <t>"Concede o Título Honorífico de Cidadã Alvoradense, à Ilustre Senhora Dra. Patrícia Mateus Rodrigues, Advogada e Escrivã de Polícia Civil do Estado de Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/901/pl_018_1.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/901/pl_018_1.pdf</t>
   </si>
   <si>
     <t>"Concede o Título Honorífico de Cidadão Alvoradense ao Ilustre Senhor CAIO VITOR SILVÉRIO SANTANA, Agente de Polícia da Polícia Civil do Estado de Goiás, e dá outras providências."</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/902/pl_019.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/902/pl_019.pdf</t>
   </si>
   <si>
     <t>"Concede o Título Honorífico de Cidadão Alvoradense ao Excelentíssimo Senhor VANDERLAN CARDOSO, Senador da República por Goiás, e dá outras providências".</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>RENÊ TAVARES</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/903/pl_020_1.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/903/pl_020_1.pdf</t>
   </si>
   <si>
     <t>"Declara como de utilidade pública municipal a Associação dos Agricultores Familiares no Projeto de Assentamento Alvorada II, e dá outras providências."</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/904/pl_021_1.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/904/pl_021_1.pdf</t>
   </si>
   <si>
     <t>"Concede o Título Honorífico de Cidadão Alvoradense ao Ilustre senhor JOSÉ MÁRIO SCHREINER, Presidente da FAEG e dos Conselhos do SENAR e SEBRAE-GO, e dá outras providências".</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/930/pl_022.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/930/pl_022.pdf</t>
   </si>
   <si>
     <t>“Declara como de utilidade pública municipal a Associação dos produtores rurais da Comunidade Cachoeira do Campo do Município de Alvorada do Norte-GO (APRUCCCANG), e dá outras providências.”</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/936/pl_023_1.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/936/pl_023_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade da utilização de rede de segurança e/ou tela de proteção fixa ou móvel, por parte dos órgãos públicos e de particulares no local onde é realizado o trabalho de roçada, em todo o âmbito do município de Alvorada do Norte-GO, e dá outras providências.”</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>ATO DA PRESIDÊNCIA</t>
   </si>
   <si>
     <t>RENÊ TAVARES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/404/ato.002-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/404/ato.002-2025.pdf</t>
   </si>
   <si>
     <t>"Propõe o Calendário de Sessões Ordinárias do Ano Legislativo de 2025 na forma que menciona e dá outras providências."</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/405/ato.003-2025.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/405/ato.003-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a composição das Comissões Permanentes da Câmara Municipal para o biênio 2025/2026 e dá outras providências".</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>PARCF</t>
   </si>
   <si>
     <t>PARECER CFO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/847/cfo.parecer.001.2025.pl.014.ldo_2026.pdf</t>
+    <t>http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/847/cfo.parecer.001.2025.pl.014.ldo_2026.pdf</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL pela APROVAÇÃO do Processo nº 107/2025 – SAPL - PROJETO DE LEI Nº 014/2025, datado de 04/04/25, de autoria do Chefe do Poder Executivo Municipal, que "Dispõe sobre a Lei de Diretrizes Orçamentária para o exercício de 2026, (LDO-2026) e dá outras providências"</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL, ao Projeto de Lei Nº 018/2025, de autoria do Chefe do Executivo, que "Dispõe sobre o Plano Plurianual - PPA- 2026/2029.”</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>Opina FAVORÁVEL, ao Projeto de Lei Nº 019/2025, de autoria do Chefe do Executivo, que "Estima a receita e fixa a defesa do município de Alvorada do Norte, para o exercício de 2026 (LOA/2026).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2177,68 +2177,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/431/camscanner_12-03-2025_11.54.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/683/projeto_de_lei_complementar_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/859/plc_003-2025-altera_rpps.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/937/pl_c._004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/412/pl_no_001-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/413/pl_no_002-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/414/pl_no_003-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_004-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/455/projeto.de.lei006_2.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/456/projeto.de.lei007.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/681/projeto_de_lei_n_08.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/684/pdf_scanner_030425_9.37.06.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/712/pdf_scanner_030425_4.25.39.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/747/pl_11-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/714/pdf_scanner_030425_4.36.33.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/808/pl-014.executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/846/camscanner_03-06-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/848/pl.016.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/864/projeto_de_lei_no_17-2025_000001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_018-2025-ppa_2026-2029-atualizado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/881/pl_no_19.2025.loa_2026.correto.completo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/886/pl_020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/888/pl._021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/889/pl._022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/890/pl_023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/897/pl_024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/908/pl_025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/907/pl_026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/927/pl_027.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei.028.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/394/ind.001-2025.junimar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/399/ind.002-2025.damiao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/400/ind.003-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/408/ind.004-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/409/ind.005.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/410/ind.006.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/424/pdf_scanner_100325_4.52.36.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/425/pdf_scanner_100325_4.58.26.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/426/pdf_scanner_100325_4.54.42.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/429/pdf_scanner_110325_9.50.08.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/430/pdf_scanner_110325_9.56.27.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/510/pdf_scanner_270325_9.58.38.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/513/pdf_scanner_270325_10.14.13.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/514/pdf_scanner_270325_10.24.04.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/543/pdf_scanner_280325_9.48.47.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/795/ind._021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/796/ind._022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/797/ind._023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/798/pdf_scanner_100425_1.06.54.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/840/ind._25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/843/camscanner_08-05-2025_10.08.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/845/camscanner_26-05-2025_13.08.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/850/ind._028.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/851/ind._029.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/852/ind._030.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/858/ind._031.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/865/ind._0322_2.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/884/ind._033.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/885/ind._034.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/905/ind._035.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/924/ind_036.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/925/ind_37.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/926/ind_38.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/938/ind_039.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/395/req.001-2025.junimar.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/396/rq-002.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/397/rq-003.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/398/rq-004.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/401/rq_005-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/402/rq-006.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/403/req.007-2025.geazi_.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/406/req.008-2025.damiao_.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/407/req.009-2025.geazi.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/411/rq-010.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/434/rq-013.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/554/pdf_scanner_280325_2.01.06_2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/794/req._015.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/877/req._17.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/883/req._018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/887/req_019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/906/req._020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/909/req._021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/911/req._222.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/928/req._023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/878/pj_dec_legislativo_001.2025.honra_ao_merito_amos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_decreto_legislativo._roberto_santos_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/860/proj._emenda_001.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/417/emenda_modificativa_no_001.25.damiao.pl_002.25_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/415/cjl.cfo.parecer.001.2025.pl_002.aliquota_patronal_14.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/418/cjl.parecer.002.2025.emenda_modificativa.damiao.pl_002.aliquota_patronal_14.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/432/cjl.parecer.003.2025.pl_no_001.25.executivo.cessao_e_permuta_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/433/cjl.cfo.parecer.004.2025.pl_no_003.25.executivo.jeton.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/435/cjl.cfo.parecer.005.2025.pl_no_004.25.revisao_salarial.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/436/cjl.cfo.parecer.006.2025.pl_no_001.25.md.auxilio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/800/cjl.csp.parecer.009.25.pl_006.25.executivo.mao_dupla_bernardo_sayao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/801/cjl.cfo.parecer.010.25.pl_007.25.executivo.casa_pequeno_edson.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/802/cjl.parecer.011.25.pl_008.25.executivo.decreto_diaria.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/803/cjl.cfo.csp.parecer.012.25.pl_009.25.executivo.estagio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/804/cjl.cfo.csp.parecer.013.25.pl_010.25.executivo.premiacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/805/cjl.cfo.csp.parecer.014.25.pl_011.25.executivo.doacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/807/cjl.cfo.parecer.016.25.plc_002.25.executivo.atualiza_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/842/cjl.parecer.018.2025.pl_no_003.25.junimar.quebra_catraca.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/844/cjl.cfo.parecer.019.2025.pl_no_004.25.mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/849/cjl.parecer.020.25.pl_016.25.executivo.rpps.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/871/cjl.parecer.023.25.pl005.25.junimar.placas.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/872/cjl.parecer.024.25.pls_6.7.8.9.25.junimar.placas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/873/cjl.parecer.025.25.pl_10.junimar.pastor.homenagem.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/874/cjl.parecer.026.25.pl_17.executivo.comtur.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/891/cjl.parecer.027.25.pl_11.divino.tenente_paulo_da_mata.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/892/cjl.parecer.028.25.pl_12.junimar.titulo_pr_claudio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/893/cjl.parecer.029.25.pl_13.junimar.titulo_pr_matheus.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/894/cjl.parecer.030.25.pl_14.junimar.titulo_pr_gilberto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/895/cjl.parecer.031.25.pdl_001.junimar.medalha_amos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/896/cjl.parecer.032.25.pdl_001.junimar.medalha_pr_roberto.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/915/cjl.cfo.parecer.037.25.pl_24.exec.saneago_parcelamento.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/916/cjl.parecer.038.25.pl_15.kleber.titulo_alcides.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/917/cjl.parecer.039.25.pl_16.kleber.titulo_wilder.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/918/cjl.parecer.040.25.pl_17.kleber.titulo_patricia.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/919/cjl.parecer.041.25.pl_18.kleber.titulo_caio_vitor.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/920/cjl.parecer.042.25.pl_19.kleber.titulo_vanderlan_senador.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/922/cjl.parecer.043.25.pl_20.rene.utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/921/cjl.parecer.044.25.pl_21.kleber.titulo_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/923/cjl.parecer.045.25.pl_26.exec.parcelamento_rpps.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/419/pl_no_001-2025.mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/437/pdf_scanner_130325_2.36.27.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/839/camscanner_30-04-2025_15.18.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/841/camscanner_05-05-2025_16.52.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/853/pl_005.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/854/pl_006.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/855/pl_007.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/856/pl_008.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/857/pl_009.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/863/proj._de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_011_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/875/pl__012.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/876/pl.013_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/880/proj._de_lei._014.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/898/pl_015_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/899/pl_016_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/900/pl_017_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/901/pl_018_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/902/pl_019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/903/pl_020_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/904/pl_021_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/930/pl_022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/936/pl_023_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/404/ato.002-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/405/ato.003-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/847/cfo.parecer.001.2025.pl.014.ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/431/camscanner_12-03-2025_11.54.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/683/projeto_de_lei_complementar_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/859/plc_003-2025-altera_rpps.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/937/pl_c._004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/412/pl_no_001-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/413/pl_no_002-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/414/pl_no_003-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_004-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/455/projeto.de.lei006_2.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/456/projeto.de.lei007.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/681/projeto_de_lei_n_08.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/684/pdf_scanner_030425_9.37.06.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/712/pdf_scanner_030425_4.25.39.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/747/pl_11-2025-executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/714/pdf_scanner_030425_4.36.33.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/799/projeto_de_lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/808/pl-014.executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/846/camscanner_03-06-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/848/pl.016.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/864/projeto_de_lei_no_17-2025_000001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_018-2025-ppa_2026-2029-atualizado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/881/pl_no_19.2025.loa_2026.correto.completo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/886/pl_020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/888/pl._021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/889/pl._022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/890/pl_023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/897/pl_024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/908/pl_025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/907/pl_026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/927/pl_027.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/929/projeto_de_lei.028.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/394/ind.001-2025.junimar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/399/ind.002-2025.damiao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/400/ind.003-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/408/ind.004-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/409/ind.005.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/410/ind.006.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/424/pdf_scanner_100325_4.52.36.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/425/pdf_scanner_100325_4.58.26.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/426/pdf_scanner_100325_4.54.42.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/429/pdf_scanner_110325_9.50.08.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/430/pdf_scanner_110325_9.56.27.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/510/pdf_scanner_270325_9.58.38.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/513/pdf_scanner_270325_10.14.13.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/514/pdf_scanner_270325_10.24.04.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/543/pdf_scanner_280325_9.48.47.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/795/ind._021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/796/ind._022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/797/ind._023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/798/pdf_scanner_100425_1.06.54.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/840/ind._25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/843/camscanner_08-05-2025_10.08.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/845/camscanner_26-05-2025_13.08.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/850/ind._028.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/851/ind._029.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/852/ind._030.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/858/ind._031.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/865/ind._0322_2.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/884/ind._033.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/885/ind._034.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/905/ind._035.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/924/ind_036.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/925/ind_37.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/926/ind_38.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/938/ind_039.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/395/req.001-2025.junimar.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/396/rq-002.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/397/rq-003.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/398/rq-004.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/401/rq_005-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/402/rq-006.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/403/req.007-2025.geazi_.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/406/req.008-2025.damiao_.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/407/req.009-2025.geazi.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/411/rq-010.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/434/rq-013.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/554/pdf_scanner_280325_2.01.06_2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/794/req._015.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/877/req._17.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/883/req._018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/887/req_019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/906/req._020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/909/req._021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/911/req._222.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/928/req._023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/878/pj_dec_legislativo_001.2025.honra_ao_merito_amos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/879/projeto_de_decreto_legislativo._roberto_santos_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/860/proj._emenda_001.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/417/emenda_modificativa_no_001.25.damiao.pl_002.25_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/415/cjl.cfo.parecer.001.2025.pl_002.aliquota_patronal_14.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/418/cjl.parecer.002.2025.emenda_modificativa.damiao.pl_002.aliquota_patronal_14.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/432/cjl.parecer.003.2025.pl_no_001.25.executivo.cessao_e_permuta_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/433/cjl.cfo.parecer.004.2025.pl_no_003.25.executivo.jeton.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/435/cjl.cfo.parecer.005.2025.pl_no_004.25.revisao_salarial.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/436/cjl.cfo.parecer.006.2025.pl_no_001.25.md.auxilio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/800/cjl.csp.parecer.009.25.pl_006.25.executivo.mao_dupla_bernardo_sayao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/801/cjl.cfo.parecer.010.25.pl_007.25.executivo.casa_pequeno_edson.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/802/cjl.parecer.011.25.pl_008.25.executivo.decreto_diaria.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/803/cjl.cfo.csp.parecer.012.25.pl_009.25.executivo.estagio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/804/cjl.cfo.csp.parecer.013.25.pl_010.25.executivo.premiacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/805/cjl.cfo.csp.parecer.014.25.pl_011.25.executivo.doacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/807/cjl.cfo.parecer.016.25.plc_002.25.executivo.atualiza_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/842/cjl.parecer.018.2025.pl_no_003.25.junimar.quebra_catraca.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/844/cjl.cfo.parecer.019.2025.pl_no_004.25.mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/849/cjl.parecer.020.25.pl_016.25.executivo.rpps.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/871/cjl.parecer.023.25.pl005.25.junimar.placas.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/872/cjl.parecer.024.25.pls_6.7.8.9.25.junimar.placas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/873/cjl.parecer.025.25.pl_10.junimar.pastor.homenagem.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/874/cjl.parecer.026.25.pl_17.executivo.comtur.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/891/cjl.parecer.027.25.pl_11.divino.tenente_paulo_da_mata.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/892/cjl.parecer.028.25.pl_12.junimar.titulo_pr_claudio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/893/cjl.parecer.029.25.pl_13.junimar.titulo_pr_matheus.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/894/cjl.parecer.030.25.pl_14.junimar.titulo_pr_gilberto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/895/cjl.parecer.031.25.pdl_001.junimar.medalha_amos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/896/cjl.parecer.032.25.pdl_001.junimar.medalha_pr_roberto.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/915/cjl.cfo.parecer.037.25.pl_24.exec.saneago_parcelamento.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/916/cjl.parecer.038.25.pl_15.kleber.titulo_alcides.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/917/cjl.parecer.039.25.pl_16.kleber.titulo_wilder.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/918/cjl.parecer.040.25.pl_17.kleber.titulo_patricia.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/919/cjl.parecer.041.25.pl_18.kleber.titulo_caio_vitor.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/920/cjl.parecer.042.25.pl_19.kleber.titulo_vanderlan_senador.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/922/cjl.parecer.043.25.pl_20.rene.utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/921/cjl.parecer.044.25.pl_21.kleber.titulo_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/923/cjl.parecer.045.25.pl_26.exec.parcelamento_rpps.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/419/pl_no_001-2025.mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/437/pdf_scanner_130325_2.36.27.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/839/camscanner_30-04-2025_15.18.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/841/camscanner_05-05-2025_16.52.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/853/pl_005.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/854/pl_006.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/855/pl_007.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/856/pl_008.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/857/pl_009.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/863/proj._de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/870/projeto_de_lei_011_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/875/pl__012.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/876/pl.013_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/880/proj._de_lei._014.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/898/pl_015_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/899/pl_016_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/900/pl_017_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/901/pl_018_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/902/pl_019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/903/pl_020_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/904/pl_021_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/930/pl_022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/936/pl_023_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/404/ato.002-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/405/ato.003-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/sapl/public/materialegislativa/2025/847/cfo.parecer.001.2025.pl.014.ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alvoradadonorte.go.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="51.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="115.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="152.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="151.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>